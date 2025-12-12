--- v0 (2025-11-21)
+++ v1 (2025-12-12)
@@ -109,63 +109,63 @@
   <si>
     <t>1998</t>
   </si>
   <si>
     <t>1999</t>
   </si>
   <si>
     <t>2000</t>
   </si>
   <si>
     <t>2001</t>
   </si>
   <si>
     <t>CH</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>DE</t>
+  </si>
+  <si>
+    <t>Der Blutbaum</t>
+  </si>
+  <si>
     <t>Treeof Blood</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>Un poco de sangre</t>
-  </si>
-[...4 lines deleted...]
-    <t>Der Blutbaum</t>
   </si>
   <si>
     <t>L'arbre aux âmes</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Drzewo we krwi</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>Pau de Sangue</t>
   </si>
   <si>
     <t>Tree of Blood</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
@@ -768,63 +768,63 @@
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B9"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="17.140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
+      <c r="A2" t="s">
+        <v>31</v>
+      </c>
       <c r="B2" t="s">
-        <v>1</v>
+        <v>32</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="B3" t="s">
-        <v>31</v>
+        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
-      <c r="A4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B4" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>34</v>
       </c>
       <c r="B5" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>28</v>
       </c>
       <c r="B6" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>37</v>
       </c>
       <c r="B7" t="s">