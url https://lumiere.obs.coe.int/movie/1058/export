--- v0 (2025-11-24)
+++ v1 (2026-01-07)
@@ -259,84 +259,84 @@
   <si>
     <t>NO</t>
   </si>
   <si>
     <t>Cinematekene</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Vivarto</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>Costa do Castelo Filmes</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>AT</t>
+  </si>
+  <si>
+    <t>Der Leopard</t>
+  </si>
+  <si>
     <t>BG</t>
   </si>
   <si>
     <t>Гепардът</t>
   </si>
   <si>
     <t>CA,GB,US</t>
   </si>
   <si>
     <t>The Leopard</t>
   </si>
   <si>
     <t>CA</t>
   </si>
   <si>
     <t>Le guépard</t>
   </si>
   <si>
     <t>DK,FI,NO,SE</t>
   </si>
   <si>
     <t>Leoparden</t>
   </si>
   <si>
     <t>AR,ES,MX</t>
   </si>
   <si>
     <t>El gatopardo</t>
-  </si>
-[...4 lines deleted...]
-    <t>Der Leopard</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>山猫</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Leopar</t>
   </si>
   <si>
     <t>CN</t>
   </si>
   <si>
     <t>豹</t>
   </si>
   <si>
     <t>BR,PT</t>
   </si>
   <si>
     <t>O Leopardo</t>
   </si>
@@ -2011,62 +2011,62 @@
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B29"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="21.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="B2" t="s">
-        <v>1</v>
+        <v>82</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
-        <v>81</v>
+        <v>67</v>
       </c>
       <c r="B3" t="s">
-        <v>82</v>
+        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
         <v>83</v>
       </c>
       <c r="B4" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>85</v>
       </c>
       <c r="B5" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>87</v>
       </c>
       <c r="B6" t="s">
         <v>88</v>
       </c>