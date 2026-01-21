--- v0 (2025-12-08)
+++ v1 (2026-01-21)
@@ -202,105 +202,105 @@
   <si>
     <t>GB_IE</t>
   </si>
   <si>
     <t>Artificial Eye</t>
   </si>
   <si>
     <t>NO</t>
   </si>
   <si>
     <t>Arthaus (NO)</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Monolith Plus</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>Dung che sai duk redux</t>
+  </si>
+  <si>
+    <t>Les cendres du temps - Redux</t>
+  </si>
+  <si>
+    <t>GR</t>
+  </si>
+  <si>
+    <t>O periplanomenos xifomahos</t>
+  </si>
+  <si>
+    <t>Popioly czasu</t>
+  </si>
+  <si>
+    <t>Popioly Czasu. Powrot</t>
+  </si>
+  <si>
+    <t>Stahtes tou hronou</t>
+  </si>
+  <si>
+    <t>The Ashes of Time</t>
+  </si>
+  <si>
+    <t>PT</t>
+  </si>
+  <si>
+    <t>As Cinzas do Tempo Redux</t>
+  </si>
+  <si>
+    <t>Ashes of time redux</t>
+  </si>
+  <si>
+    <t>SE</t>
+  </si>
+  <si>
+    <t>Ashes of Time Redux</t>
+  </si>
+  <si>
+    <t>HU</t>
+  </si>
+  <si>
+    <t>Az idõ homokja - Redux</t>
+  </si>
+  <si>
+    <t>AR</t>
+  </si>
+  <si>
+    <t>Cenizas del tiempo redux</t>
+  </si>
+  <si>
     <t>BR</t>
   </si>
   <si>
     <t>Cinzas do Passado Redux</t>
-  </si>
-[...49 lines deleted...]
-    <t>Cenizas del tiempo redux</t>
   </si>
   <si>
     <t>Cinzas Do Passado - Redux</t>
   </si>
   <si>
     <t>VN</t>
   </si>
   <si>
     <t>Dong Ta Tay Doc</t>
   </si>
   <si>
     <t>Dong xie xi du</t>
   </si>
   <si>
     <t>CN</t>
   </si>
   <si>
     <t>Dong xie xi du zhongji ban</t>
   </si>
   <si>
     <t>AR,MX</t>
   </si>
   <si>
     <t>Cenizas del tiempo</t>
   </si>
@@ -1457,125 +1457,125 @@
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B46"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="17" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="30.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
+        <v>6</v>
+      </c>
+      <c r="B2" t="s">
         <v>62</v>
-      </c>
-[...1 lines deleted...]
-        <v>63</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
-        <v>6</v>
+        <v>50</v>
       </c>
       <c r="B3" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
-        <v>50</v>
+        <v>64</v>
       </c>
       <c r="B4" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
+        <v>58</v>
+      </c>
+      <c r="B5" t="s">
         <v>66</v>
       </c>
-      <c r="B5" t="s">
+    </row>
+    <row r="6" spans="1:2">
+      <c r="B6" t="s">
         <v>67</v>
       </c>
     </row>
-    <row r="6" spans="1:2">
-[...3 lines deleted...]
-      <c r="B6" t="s">
+    <row r="7" spans="1:2">
+      <c r="A7" t="s">
+        <v>64</v>
+      </c>
+      <c r="B7" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="7" spans="1:2">
-      <c r="B7" t="s">
+    <row r="8" spans="1:2">
+      <c r="B8" t="s">
         <v>69</v>
       </c>
     </row>
-    <row r="8" spans="1:2">
-[...6 lines deleted...]
-    </row>
     <row r="9" spans="1:2">
+      <c r="A9" t="s">
+        <v>52</v>
+      </c>
       <c r="B9" t="s">
-        <v>71</v>
+        <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
-        <v>52</v>
+        <v>70</v>
       </c>
       <c r="B10" t="s">
-        <v>1</v>
+        <v>71</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
+        <v>48</v>
+      </c>
+      <c r="B11" t="s">
         <v>72</v>
-      </c>
-[...1 lines deleted...]
-        <v>73</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
-        <v>48</v>
+        <v>73</v>
       </c>
       <c r="B12" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
         <v>75</v>
       </c>
       <c r="B13" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
         <v>77</v>
       </c>
       <c r="B14" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
         <v>79</v>
       </c>
@@ -1600,51 +1600,51 @@
       <c r="A18" t="s">
         <v>6</v>
       </c>
       <c r="B18" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
         <v>85</v>
       </c>
       <c r="B19" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" t="s">
         <v>87</v>
       </c>
       <c r="B20" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" t="s">
-        <v>62</v>
+        <v>79</v>
       </c>
       <c r="B21" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" t="s">
         <v>90</v>
       </c>
       <c r="B22" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="23" spans="1:2">
       <c r="A23" t="s">
         <v>92</v>
       </c>
       <c r="B23" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="24" spans="1:2">
       <c r="A24" t="s">
         <v>94</v>
       </c>
@@ -1656,59 +1656,59 @@
       <c r="A25" t="s">
         <v>46</v>
       </c>
       <c r="B25" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="26" spans="1:2">
       <c r="A26" t="s">
         <v>48</v>
       </c>
       <c r="B26" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="27" spans="1:2">
       <c r="A27" t="s">
         <v>48</v>
       </c>
       <c r="B27" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="28" spans="1:2">
       <c r="A28" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="B28" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="29" spans="1:2">
       <c r="A29" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="B29" t="s">
         <v>100</v>
       </c>
     </row>
     <row r="30" spans="1:2">
       <c r="A30" t="s">
         <v>6</v>
       </c>
       <c r="B30" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="31" spans="1:2">
       <c r="A31" t="s">
         <v>6</v>
       </c>
       <c r="B31" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="32" spans="1:2">
       <c r="A32" t="s">
         <v>103</v>
       </c>
@@ -1789,59 +1789,59 @@
       <c r="A42" t="s">
         <v>119</v>
       </c>
       <c r="B42" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="43" spans="1:2">
       <c r="A43" t="s">
         <v>121</v>
       </c>
       <c r="B43" t="s">
         <v>122</v>
       </c>
     </row>
     <row r="44" spans="1:2">
       <c r="A44" t="s">
         <v>85</v>
       </c>
       <c r="B44" t="s">
         <v>123</v>
       </c>
     </row>
     <row r="45" spans="1:2">
       <c r="A45" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="B45" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="46" spans="1:2">
       <c r="A46" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="B46" t="s">
         <v>125</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>