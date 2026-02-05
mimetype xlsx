--- v0 (2025-12-12)
+++ v1 (2026-02-05)
@@ -157,123 +157,123 @@
   <si>
     <t>GB</t>
   </si>
   <si>
     <t>BFI</t>
   </si>
   <si>
     <t>GB_IE</t>
   </si>
   <si>
     <t>IE</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>SF Bio</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>TR</t>
+  </si>
+  <si>
+    <t>Boulogne Ormani'nin Hanimlari</t>
+  </si>
+  <si>
+    <t>PL</t>
+  </si>
+  <si>
+    <t>Damy z Lasku Bulonskiego</t>
+  </si>
+  <si>
+    <t>AR</t>
+  </si>
+  <si>
+    <t>Las damas del bosque de Boloña</t>
+  </si>
+  <si>
+    <t>Las damas del bosque de Boulogne</t>
+  </si>
+  <si>
+    <t>BR</t>
+  </si>
+  <si>
+    <t>As Damas do Bois de Boulogne</t>
+  </si>
+  <si>
+    <t>CA</t>
+  </si>
+  <si>
+    <t>Les Dames Du Bois De Boulogne</t>
+  </si>
+  <si>
+    <t>DE</t>
+  </si>
+  <si>
+    <t>Die Damen vom Bois de Boulogne</t>
+  </si>
+  <si>
+    <t>DK</t>
+  </si>
+  <si>
+    <t>Damerne fra Boulogneskoven</t>
+  </si>
+  <si>
+    <t>ES</t>
+  </si>
+  <si>
+    <t>Las damas del bosque de Bolonia</t>
+  </si>
+  <si>
+    <t>FI</t>
+  </si>
+  <si>
+    <t>Naisen kosto</t>
+  </si>
+  <si>
+    <t>GR</t>
+  </si>
+  <si>
+    <t>Oi kyries tou dasous tis Voulonis</t>
+  </si>
+  <si>
+    <t>HU</t>
+  </si>
+  <si>
+    <t>A Bois de Boulogne hölgyei</t>
+  </si>
+  <si>
     <t>IT</t>
   </si>
   <si>
     <t>Perfidia</t>
-  </si>
-[...67 lines deleted...]
-    <t>A Bois de Boulogne hölgyei</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>ブローニュの森の貴婦人たち</t>
   </si>
   <si>
     <t>MX</t>
   </si>
   <si>
     <t>Deshonra</t>
   </si>
   <si>
     <t>NO</t>
   </si>
   <si>
     <t>Damene fra Boulogne-skogen</t>
   </si>
   <si>
     <t>Damy z Lasku Bulońskiego</t>
   </si>
   <si>
     <t>PT</t>
   </si>
@@ -1147,91 +1147,91 @@
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B27"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="31.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
-        <v>47</v>
+        <v>6</v>
       </c>
       <c r="B2" t="s">
-        <v>48</v>
+        <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
-        <v>6</v>
+        <v>47</v>
       </c>
       <c r="B3" t="s">
-        <v>1</v>
+        <v>48</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
         <v>49</v>
       </c>
       <c r="B4" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>51</v>
       </c>
       <c r="B5" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
+        <v>51</v>
+      </c>
+      <c r="B6" t="s">
         <v>53</v>
-      </c>
-[...1 lines deleted...]
-        <v>54</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B7" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
         <v>56</v>
       </c>
       <c r="B8" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
         <v>58</v>
       </c>
       <c r="B9" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
         <v>60</v>
       </c>
@@ -1283,83 +1283,83 @@
       <c r="A16" t="s">
         <v>72</v>
       </c>
       <c r="B16" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
         <v>74</v>
       </c>
       <c r="B17" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
         <v>76</v>
       </c>
       <c r="B18" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="B19" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" t="s">
         <v>79</v>
       </c>
       <c r="B20" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" t="s">
         <v>81</v>
       </c>
       <c r="B21" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" t="s">
         <v>43</v>
       </c>
       <c r="B22" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="23" spans="1:2">
       <c r="A23" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="B23" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="24" spans="1:2">
       <c r="A24" t="s">
         <v>85</v>
       </c>
       <c r="B24" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="25" spans="1:2">
       <c r="B25" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="26" spans="1:2">
       <c r="B26" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="27" spans="1:2">
       <c r="A27" t="s">