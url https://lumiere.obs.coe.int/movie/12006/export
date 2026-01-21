--- v0 (2025-12-12)
+++ v1 (2026-01-21)
@@ -241,108 +241,108 @@
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>Ro-Image 2000</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>Biograf Spegeln i Malmö</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>UA</t>
+  </si>
+  <si>
+    <t>Мумiя</t>
+  </si>
+  <si>
+    <t>AU,CA,GB,HK,KR,NL,SG,US</t>
+  </si>
+  <si>
+    <t>Múmia</t>
+  </si>
+  <si>
+    <t>TR</t>
+  </si>
+  <si>
+    <t>Mumya</t>
+  </si>
+  <si>
+    <t>AR,MX,VE</t>
+  </si>
+  <si>
+    <t>La momia</t>
+  </si>
+  <si>
+    <t>AT,DE</t>
+  </si>
+  <si>
+    <t>Die Mumie</t>
+  </si>
+  <si>
+    <t>Мумията</t>
+  </si>
+  <si>
+    <t>BR,PT</t>
+  </si>
+  <si>
+    <t>A Múmia</t>
+  </si>
+  <si>
+    <t>CA</t>
+  </si>
+  <si>
+    <t>La momie</t>
+  </si>
+  <si>
+    <t>Mumie</t>
+  </si>
+  <si>
     <t>DK,FI,NO,SE</t>
   </si>
   <si>
     <t>Mumien</t>
   </si>
   <si>
     <t>Muumia</t>
   </si>
   <si>
     <t>Muumio</t>
-  </si>
-[...46 lines deleted...]
-    <t>Mumie</t>
   </si>
   <si>
     <t>La Momie</t>
   </si>
   <si>
     <t>GR</t>
   </si>
   <si>
     <t>I moumia</t>
   </si>
   <si>
     <t>HR,LT,SI</t>
   </si>
   <si>
     <t>Mumija</t>
   </si>
   <si>
     <t>A múmia</t>
   </si>
   <si>
     <t>La mummia</t>
   </si>
   <si>
     <t>JP</t>
   </si>
@@ -1898,139 +1898,139 @@
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="24" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="43.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>75</v>
       </c>
       <c r="B2" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
-        <v>47</v>
+        <v>77</v>
       </c>
       <c r="B3" t="s">
-        <v>77</v>
+        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
-        <v>50</v>
+        <v>72</v>
       </c>
       <c r="B4" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>79</v>
       </c>
       <c r="B5" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>81</v>
       </c>
       <c r="B6" t="s">
-        <v>1</v>
+        <v>82</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
-        <v>72</v>
+        <v>83</v>
       </c>
       <c r="B7" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
-        <v>83</v>
+        <v>40</v>
       </c>
       <c r="B8" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="B9" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B10" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="B11" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="B12" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
-        <v>92</v>
+        <v>47</v>
       </c>
       <c r="B13" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
-        <v>43</v>
+        <v>50</v>
       </c>
       <c r="B14" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
         <v>51</v>
       </c>
       <c r="B15" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
         <v>96</v>
       </c>
       <c r="B16" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
         <v>98</v>
       </c>
@@ -2082,51 +2082,51 @@
       <c r="A23" t="s">
         <v>106</v>
       </c>
       <c r="B23" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="24" spans="1:2">
       <c r="A24" t="s">
         <v>108</v>
       </c>
       <c r="B24" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="25" spans="1:2">
       <c r="A25" t="s">
         <v>110</v>
       </c>
       <c r="B25" t="s">
         <v>111</v>
       </c>
     </row>
     <row r="26" spans="1:2">
       <c r="A26" t="s">
-        <v>79</v>
+        <v>75</v>
       </c>
       <c r="B26" t="s">
         <v>112</v>
       </c>
     </row>
     <row r="27" spans="1:2">
       <c r="A27" t="s">
         <v>96</v>
       </c>
       <c r="B27" t="s">
         <v>113</v>
       </c>
     </row>
     <row r="28" spans="1:2">
       <c r="A28" t="s">
         <v>48</v>
       </c>
       <c r="B28" t="s">
         <v>114</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>