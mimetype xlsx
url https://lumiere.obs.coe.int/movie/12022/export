--- v0 (2025-11-21)
+++ v1 (2025-12-13)
@@ -172,90 +172,90 @@
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>Warner Bros.</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>AU,CA,GB,MX,US</t>
+  </si>
+  <si>
+    <t>TR</t>
+  </si>
+  <si>
+    <t>Ask mektubu</t>
+  </si>
+  <si>
+    <t>GR</t>
+  </si>
+  <si>
+    <t>Hamenes agapes</t>
+  </si>
+  <si>
+    <t>LT</t>
+  </si>
+  <si>
+    <t>Žinute butelyje</t>
+  </si>
+  <si>
+    <t>AR</t>
+  </si>
+  <si>
+    <t>Mensaje de amor</t>
+  </si>
+  <si>
+    <t>Писмо в бутилка</t>
+  </si>
+  <si>
+    <t>BR</t>
+  </si>
+  <si>
+    <t>Uma Carta de Amor</t>
+  </si>
+  <si>
     <t>CA,FR</t>
   </si>
   <si>
     <t>Une bouteille à la mer</t>
-  </si>
-[...34 lines deleted...]
-    <t>Uma Carta de Amor</t>
   </si>
   <si>
     <t>Vzkaz v láhvi</t>
   </si>
   <si>
     <t>Message in a Bottle - Der Beginn einer großen Liebe</t>
   </si>
   <si>
     <t>Brevet i flasken</t>
   </si>
   <si>
     <t>Kiri pudelis</t>
   </si>
   <si>
     <t>Mensaje en una botella</t>
   </si>
   <si>
     <t>Viesti mereltä</t>
   </si>
   <si>
     <t>HR,RS</t>
   </si>
   <si>
     <t>Poruka u boci</t>
   </si>
@@ -1222,96 +1222,96 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B30"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="15.85546875" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="46.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>52</v>
       </c>
       <c r="B2" t="s">
-        <v>53</v>
+        <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
+        <v>53</v>
+      </c>
+      <c r="B3" t="s">
         <v>54</v>
-      </c>
-[...1 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
         <v>55</v>
       </c>
       <c r="B4" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>57</v>
       </c>
       <c r="B5" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>59</v>
       </c>
       <c r="B6" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
+        <v>31</v>
+      </c>
+      <c r="B7" t="s">
         <v>61</v>
-      </c>
-[...1 lines deleted...]
-        <v>62</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
-        <v>31</v>
+        <v>62</v>
       </c>
       <c r="B8" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
         <v>64</v>
       </c>
       <c r="B9" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
         <v>34</v>
       </c>
       <c r="B10" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
         <v>35</v>
       </c>
@@ -1363,51 +1363,51 @@
       <c r="A17" t="s">
         <v>42</v>
       </c>
       <c r="B17" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
         <v>43</v>
       </c>
       <c r="B18" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
         <v>76</v>
       </c>
       <c r="B19" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="B20" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" t="s">
         <v>79</v>
       </c>
       <c r="B21" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" t="s">
         <v>46</v>
       </c>
       <c r="B22" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="23" spans="1:2">
       <c r="A23" t="s">
         <v>82</v>
       </c>
@@ -1427,67 +1427,67 @@
       <c r="A25" t="s">
         <v>48</v>
       </c>
       <c r="B25" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="26" spans="1:2">
       <c r="A26" t="s">
         <v>49</v>
       </c>
       <c r="B26" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="27" spans="1:2">
       <c r="A27" t="s">
         <v>87</v>
       </c>
       <c r="B27" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="28" spans="1:2">
       <c r="A28" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="B28" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="29" spans="1:2">
       <c r="A29" t="s">
         <v>90</v>
       </c>
       <c r="B29" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="30" spans="1:2">
       <c r="A30" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="B30" t="s">
         <v>92</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>