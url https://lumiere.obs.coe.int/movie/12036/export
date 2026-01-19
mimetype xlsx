--- v0 (2025-12-01)
+++ v1 (2026-01-19)
@@ -199,135 +199,135 @@
   <si>
     <t>Universal</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>MDV Film</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>GR</t>
+  </si>
+  <si>
+    <t>Υπόθεση Τόμας Κράουν</t>
+  </si>
+  <si>
+    <t>RS</t>
+  </si>
+  <si>
+    <t>Afera Tomas Kraun</t>
+  </si>
+  <si>
+    <t>AU,CA,GB,NL,US</t>
+  </si>
+  <si>
+    <t>Afacerea Thomas Crown</t>
+  </si>
+  <si>
+    <t>BR</t>
+  </si>
+  <si>
+    <t>Thomas Crown - A Arte do Crime</t>
+  </si>
+  <si>
+    <t>AR,MX</t>
+  </si>
+  <si>
+    <t>El caso Thomas Crown</t>
+  </si>
+  <si>
+    <t>Аферата Томас Краун</t>
+  </si>
+  <si>
+    <t>Thomas Crown, a Arte do Crime</t>
+  </si>
+  <si>
+    <t>CA</t>
+  </si>
+  <si>
+    <t>L'affaire Thomas Crown</t>
+  </si>
+  <si>
+    <t>Aféra Thomase Crowna</t>
+  </si>
+  <si>
+    <t>Die Thomas Crown Affäre</t>
+  </si>
+  <si>
+    <t>Thomas Crown affæren</t>
+  </si>
+  <si>
+    <t>Thomas Crowni afäär</t>
+  </si>
+  <si>
+    <t>El secret de Thomas Crown</t>
+  </si>
+  <si>
+    <t>El secreto de Thomas Crown</t>
+  </si>
+  <si>
+    <t>FI,SE</t>
+  </si>
+  <si>
+    <t>Äventyraren Thomas Crown</t>
+  </si>
+  <si>
+    <t>Seikkailija Thomas Crown</t>
+  </si>
+  <si>
+    <t>Thomas Crown</t>
+  </si>
+  <si>
+    <t>Ypothesi Thomas Crown</t>
+  </si>
+  <si>
+    <t>HR,PL,SI</t>
+  </si>
+  <si>
+    <t>Afera Thomasa Crowna</t>
+  </si>
+  <si>
+    <t>A Thomas Crown-ügy</t>
+  </si>
+  <si>
     <t>Gioco a due</t>
-  </si>
-[...82 lines deleted...]
-    <t>A Thomas Crown-ügy</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>トーマス・クラウン・アフェアー</t>
   </si>
   <si>
     <t>Tomasu Kuraun Afea</t>
   </si>
   <si>
     <t>LT</t>
   </si>
   <si>
     <t>Tomo Krauno afera</t>
   </si>
   <si>
     <t>NO</t>
   </si>
   <si>
     <t>Eventyreren Thomas Crown</t>
   </si>
   <si>
     <t>PT</t>
   </si>
@@ -1450,216 +1450,216 @@
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B34"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="15.28515625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="29.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
-        <v>51</v>
+        <v>61</v>
       </c>
       <c r="B2" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="B3" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="B4" t="s">
-        <v>65</v>
+        <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:2">
-      <c r="A5" t="s">
+      <c r="B5" t="s">
         <v>66</v>
       </c>
-      <c r="B5" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="6" spans="1:2">
+      <c r="A6" t="s">
+        <v>67</v>
+      </c>
       <c r="B6" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="B7" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
-        <v>70</v>
+        <v>35</v>
       </c>
       <c r="B8" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
-        <v>35</v>
+        <v>67</v>
       </c>
       <c r="B9" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="B10" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
-        <v>74</v>
+        <v>38</v>
       </c>
       <c r="B11" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B12" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="B13" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B14" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="B15" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
         <v>42</v>
       </c>
       <c r="B16" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
-        <v>42</v>
+        <v>81</v>
       </c>
       <c r="B17" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
-        <v>82</v>
+        <v>43</v>
       </c>
       <c r="B18" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B19" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" t="s">
-        <v>44</v>
+        <v>61</v>
       </c>
       <c r="B20" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" t="s">
-        <v>62</v>
+        <v>86</v>
       </c>
       <c r="B21" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" t="s">
-        <v>87</v>
+        <v>49</v>
       </c>
       <c r="B22" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="23" spans="1:2">
       <c r="A23" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="B23" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="24" spans="1:2">
       <c r="A24" t="s">
         <v>90</v>
       </c>
       <c r="B24" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="25" spans="1:2">
       <c r="A25" t="s">
         <v>90</v>
       </c>
       <c r="B25" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="26" spans="1:2">
       <c r="A26" t="s">
         <v>93</v>
       </c>