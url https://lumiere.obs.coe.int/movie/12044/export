--- v0 (2025-11-21)
+++ v1 (2025-12-12)
@@ -157,93 +157,93 @@
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>AU,CA,FR,GB,US</t>
+  </si>
+  <si>
+    <t>8mm - Eight Millimeter</t>
+  </si>
+  <si>
+    <t>UA</t>
+  </si>
+  <si>
+    <t>Вiсiм мiлiметрiв</t>
+  </si>
+  <si>
+    <t>RU</t>
+  </si>
+  <si>
+    <t>Восемь миллиметров</t>
+  </si>
+  <si>
+    <t>DK,JP,PT</t>
+  </si>
+  <si>
+    <t>8mm</t>
+  </si>
+  <si>
+    <t>JP</t>
+  </si>
+  <si>
+    <t>Hachi miri</t>
+  </si>
+  <si>
+    <t>LT</t>
+  </si>
+  <si>
+    <t>8 milimetrai</t>
+  </si>
+  <si>
+    <t>AR</t>
+  </si>
+  <si>
+    <t>8MM: 8 milímetros</t>
+  </si>
+  <si>
     <t>8mm - Acht Millimeter</t>
-  </si>
-[...40 lines deleted...]
-    <t>8MM: 8 milímetros</t>
   </si>
   <si>
     <t>Осем милиметра</t>
   </si>
   <si>
     <t>8 мм</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>8mm: Oito Milímetros</t>
   </si>
   <si>
     <t>CA</t>
   </si>
   <si>
     <t>8 millimètres</t>
   </si>
   <si>
     <t>Huit millimètres</t>
   </si>
   <si>
     <t>8mm: Acht Millimeter</t>
   </si>
@@ -1093,112 +1093,112 @@
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B35"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="15.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="27.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="B2" t="s">
-        <v>47</v>
+        <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:2">
-      <c r="A3" t="s">
+      <c r="B3" t="s">
         <v>48</v>
       </c>
-      <c r="B3" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="4" spans="1:2">
+      <c r="A4" t="s">
+        <v>49</v>
+      </c>
       <c r="B4" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="B5" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="B6" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B7" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="B8" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="B9" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
-        <v>60</v>
+        <v>25</v>
       </c>
       <c r="B10" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
         <v>27</v>
       </c>
       <c r="B11" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
         <v>27</v>
       </c>
       <c r="B12" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
         <v>64</v>
       </c>
@@ -1338,59 +1338,59 @@
       <c r="A30" t="s">
         <v>6</v>
       </c>
       <c r="B30" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="31" spans="1:2">
       <c r="A31" t="s">
         <v>6</v>
       </c>
       <c r="B31" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="32" spans="1:2">
       <c r="A32" t="s">
         <v>6</v>
       </c>
       <c r="B32" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="33" spans="1:2">
       <c r="A33" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="B33" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="34" spans="1:2">
       <c r="A34" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="B34" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="35" spans="1:2">
       <c r="A35" t="s">
         <v>90</v>
       </c>
       <c r="B35" t="s">
         <v>91</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">