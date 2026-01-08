--- v0 (2025-11-21)
+++ v1 (2026-01-08)
@@ -154,50 +154,80 @@
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>GB</t>
   </si>
   <si>
     <t>United International Pictures</t>
   </si>
   <si>
     <t>GB_IE</t>
   </si>
   <si>
     <t>IE</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>LT</t>
+  </si>
+  <si>
+    <t>Išsišokele</t>
+  </si>
+  <si>
+    <t>MX</t>
+  </si>
+  <si>
+    <t>La trampa</t>
+  </si>
+  <si>
+    <t>PL</t>
+  </si>
+  <si>
+    <t>Wybory</t>
+  </si>
+  <si>
+    <t>PT</t>
+  </si>
+  <si>
+    <t>Eleições</t>
+  </si>
+  <si>
+    <t>RO</t>
+  </si>
+  <si>
+    <t>Candidata</t>
+  </si>
+  <si>
     <t>AU,CA,DE,ES,GB,IE,IT,KR,NO,NZ,SE,US</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Najvažniji dan</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>La elección</t>
   </si>
   <si>
     <t>BG</t>
   </si>
   <si>
     <t>Съперници</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>Eleição</t>
@@ -233,80 +263,50 @@
     <t>Vaalit</t>
   </si>
   <si>
     <t>L'arriviste</t>
   </si>
   <si>
     <t>GR</t>
   </si>
   <si>
     <t>I eklogi</t>
   </si>
   <si>
     <t>Skandala sta thrania</t>
   </si>
   <si>
     <t>HR</t>
   </si>
   <si>
     <t>Izborni dani</t>
   </si>
   <si>
     <t>HU</t>
   </si>
   <si>
     <t>Gimiboszi</t>
-  </si>
-[...28 lines deleted...]
-    <t>Candidata</t>
   </si>
   <si>
     <t>Најважнији дан</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Volitve</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Seçimler</t>
   </si>
   <si>
     <t>UA</t>
   </si>
   <si>
     <t>Вискочка</t>
   </si>
   <si>
     <t>Σκάνδαλα στα θρανία</t>
   </si>
@@ -1152,240 +1152,240 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B28"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="34" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="25.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>46</v>
       </c>
       <c r="B2" t="s">
-        <v>1</v>
+        <v>47</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="B3" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B4" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B5" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B6" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B7" t="s">
-        <v>56</v>
+        <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
         <v>57</v>
       </c>
       <c r="B8" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
         <v>59</v>
       </c>
       <c r="B9" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
         <v>61</v>
       </c>
       <c r="B10" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
         <v>63</v>
       </c>
       <c r="B11" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
-        <v>38</v>
+        <v>65</v>
       </c>
       <c r="B12" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="B13" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
-        <v>66</v>
+        <v>69</v>
       </c>
       <c r="B14" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="B15" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="B16" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
-        <v>73</v>
+        <v>38</v>
       </c>
       <c r="B17" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="B18" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="B19" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" t="s">
         <v>79</v>
       </c>
       <c r="B20" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" t="s">
         <v>81</v>
       </c>
       <c r="B21" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" t="s">
-        <v>47</v>
+        <v>57</v>
       </c>
       <c r="B22" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="23" spans="1:2">
       <c r="A23" t="s">
         <v>84</v>
       </c>
       <c r="B23" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="24" spans="1:2">
       <c r="A24" t="s">
         <v>86</v>
       </c>
       <c r="B24" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="25" spans="1:2">
       <c r="A25" t="s">
         <v>88</v>
       </c>
       <c r="B25" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="26" spans="1:2">
       <c r="A26" t="s">
-        <v>66</v>
+        <v>76</v>
       </c>
       <c r="B26" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="27" spans="1:2">
       <c r="A27" t="s">
         <v>91</v>
       </c>
       <c r="B27" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="28" spans="1:2">
       <c r="A28" t="s">
         <v>93</v>
       </c>
       <c r="B28" t="s">
         <v>94</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>