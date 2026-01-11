--- v0 (2025-11-28)
+++ v1 (2026-01-11)
@@ -145,50 +145,68 @@
   <si>
     <t>Future Film</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>LU</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>A-Film</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>PL</t>
+  </si>
+  <si>
+    <t>Bezimienni</t>
+  </si>
+  <si>
+    <t>PT</t>
+  </si>
+  <si>
+    <t>Os Sem-Nome</t>
+  </si>
+  <si>
+    <t>SE</t>
+  </si>
+  <si>
+    <t>De namnlösa</t>
+  </si>
+  <si>
     <t>Els sense nom</t>
   </si>
   <si>
     <t>Nameless - Entita nascosta</t>
   </si>
   <si>
     <t>DK</t>
   </si>
   <si>
     <t>De navnløse</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>La secta de los sin nombre</t>
   </si>
   <si>
     <t>BG</t>
   </si>
   <si>
     <t>Безименните</t>
   </si>
   <si>
     <t>BR</t>
@@ -209,68 +227,50 @@
     <t>La secte sans nom</t>
   </si>
   <si>
     <t>HU</t>
   </si>
   <si>
     <t>Névtelenek</t>
   </si>
   <si>
     <t>Nameless - Entità nascosta</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>ネイムレス 無名恐怖</t>
   </si>
   <si>
     <t>Neimuresu - Mumei kyôfu</t>
   </si>
   <si>
     <t>MX</t>
   </si>
   <si>
     <t>La secta</t>
-  </si>
-[...16 lines deleted...]
-    <t>De namnlösa</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Без имени</t>
   </si>
   <si>
     <t>AU,DE,US</t>
   </si>
   <si>
     <t>The Nameless</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="### ### ##0"/>
   </numFmts>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <color theme="1"/>
@@ -1030,176 +1030,176 @@
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B21"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="24.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
-        <v>6</v>
+        <v>43</v>
       </c>
       <c r="B2" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
-        <v>6</v>
+        <v>45</v>
       </c>
       <c r="B3" t="s">
-        <v>1</v>
+        <v>46</v>
       </c>
     </row>
     <row r="4" spans="1:2">
+      <c r="A4" t="s">
+        <v>47</v>
+      </c>
       <c r="B4" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
-        <v>45</v>
+        <v>6</v>
       </c>
       <c r="B5" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
-        <v>47</v>
+        <v>6</v>
       </c>
       <c r="B6" t="s">
-        <v>48</v>
+        <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:2">
-      <c r="A7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B7" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
         <v>51</v>
       </c>
       <c r="B8" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
         <v>53</v>
       </c>
       <c r="B9" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
-        <v>34</v>
+        <v>55</v>
       </c>
       <c r="B10" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
-        <v>36</v>
+        <v>57</v>
       </c>
       <c r="B11" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="B12" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
-        <v>37</v>
+        <v>34</v>
       </c>
       <c r="B13" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
-        <v>60</v>
+        <v>36</v>
       </c>
       <c r="B14" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="B15" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
-        <v>63</v>
+        <v>37</v>
       </c>
       <c r="B16" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="B18" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
         <v>69</v>
       </c>
       <c r="B19" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" t="s">
         <v>71</v>
       </c>
       <c r="B20" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" t="s">
         <v>73</v>
       </c>