--- v0 (2025-11-24)
+++ v1 (2026-01-09)
@@ -130,72 +130,72 @@
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>Hispano Foxfilms</t>
   </si>
   <si>
     <t>FI</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>GB_IE</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>TR</t>
+  </si>
+  <si>
+    <t>Planlar Yatti</t>
+  </si>
+  <si>
     <t>AR,VE</t>
   </si>
   <si>
     <t>El engaño</t>
   </si>
   <si>
     <t>AU,CA,DE,GB,IE,NZ,US</t>
   </si>
   <si>
     <t>GR</t>
   </si>
   <si>
     <t>Eggyimeno shedio</t>
   </si>
   <si>
     <t>Fonikes sheseis</t>
-  </si>
-[...4 lines deleted...]
-    <t>Planlar Yatti</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Spisek doskonaly</t>
   </si>
   <si>
     <t>BG</t>
   </si>
   <si>
     <t>Перфектен план</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>Planos Quase Perfeitos</t>
   </si>
   <si>
     <t>CA,FR</t>
   </si>
   <si>
     <t>Un coup d'enfer</t>
   </si>
@@ -964,72 +964,72 @@
     <col min="1" max="1" width="20.42578125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="24.140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>38</v>
       </c>
       <c r="B2" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
         <v>40</v>
       </c>
       <c r="B3" t="s">
-        <v>1</v>
+        <v>41</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="B4" t="s">
-        <v>42</v>
+        <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="B5" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="B6" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>46</v>
       </c>
       <c r="B7" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
         <v>48</v>
       </c>
       <c r="B8" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
         <v>50</v>
       </c>
@@ -1121,75 +1121,75 @@
       <c r="A20" t="s">
         <v>68</v>
       </c>
       <c r="B20" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" t="s">
         <v>70</v>
       </c>
       <c r="B21" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" t="s">
         <v>72</v>
       </c>
       <c r="B22" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="23" spans="1:2">
       <c r="A23" t="s">
-        <v>44</v>
+        <v>38</v>
       </c>
       <c r="B23" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="24" spans="1:2">
       <c r="A24" t="s">
         <v>75</v>
       </c>
       <c r="B24" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="25" spans="1:2">
       <c r="A25" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="B25" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="26" spans="1:2">
       <c r="A26" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="B26" t="s">
         <v>78</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>