--- v0 (2025-12-30)
+++ v1 (2026-01-19)
@@ -139,81 +139,81 @@
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>Hispano Foxfilms</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>Istituto Luce Cinecittà</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>Cinemien</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>BR</t>
+  </si>
+  <si>
+    <t>Intrusa</t>
+  </si>
+  <si>
     <t>PL</t>
   </si>
   <si>
     <t>Nianka</t>
   </si>
   <si>
     <t>CA</t>
   </si>
   <si>
     <t>The Wet-Nurse</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>La nodriza</t>
   </si>
   <si>
     <t>ES,IT,US</t>
   </si>
   <si>
     <t>GR</t>
   </si>
   <si>
     <t>I paramana</t>
-  </si>
-[...4 lines deleted...]
-    <t>Intrusa</t>
   </si>
   <si>
     <t>CA,US</t>
   </si>
   <si>
     <t>The Nanny</t>
   </si>
   <si>
     <t>CH</t>
   </si>
   <si>
     <t>La Balia - Die Amme</t>
   </si>
   <si>
     <t>La nourrice</t>
   </si>
   <si>
     <t>HU</t>
   </si>
   <si>
     <t>A dajka</t>
   </si>
   <si>
     <t>Niańka</t>
   </si>
@@ -990,120 +990,120 @@
       <c r="B2" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
         <v>43</v>
       </c>
       <c r="B3" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
         <v>45</v>
       </c>
       <c r="B4" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>47</v>
       </c>
       <c r="B5" t="s">
-        <v>1</v>
+        <v>48</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B6" t="s">
-        <v>49</v>
+        <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>50</v>
       </c>
       <c r="B7" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
         <v>52</v>
       </c>
       <c r="B8" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
         <v>54</v>
       </c>
       <c r="B9" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
         <v>35</v>
       </c>
       <c r="B10" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
         <v>57</v>
       </c>
       <c r="B11" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="B12" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
         <v>60</v>
       </c>
       <c r="B13" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="B14" t="s">
         <v>62</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>