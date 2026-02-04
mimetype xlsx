--- v0 (2025-11-18)
+++ v1 (2026-02-04)
@@ -100,60 +100,60 @@
   <si>
     <t>Distributor</t>
   </si>
   <si>
     <t>Release date</t>
   </si>
   <si>
     <t>Total since 1999</t>
   </si>
   <si>
     <t>1999</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>Wishmaster 2</t>
+  </si>
+  <si>
     <t>GB,US</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Wladca zyczen 2</t>
-  </si>
-[...1 lines deleted...]
-    <t>Wishmaster 2</t>
   </si>
   <si>
     <t>AR,ES</t>
   </si>
   <si>
     <t>Wishmaster 2: El mal nunca muere</t>
   </si>
   <si>
     <t>BG</t>
   </si>
   <si>
     <t>Господарят на желанията 2: Злото никога не умира</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>O Mestre dos Desejos 2</t>
   </si>
   <si>
     <t>CA</t>
   </si>
   <si>
     <t>Le maître des cauchemars: les forces du mal</t>
   </si>
@@ -783,67 +783,67 @@
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B23"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="50.140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
+        <v>25</v>
+      </c>
+      <c r="B2" t="s">
         <v>28</v>
-      </c>
-[...1 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
         <v>29</v>
       </c>
       <c r="B3" t="s">
-        <v>30</v>
+        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="B4" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>32</v>
       </c>
       <c r="B5" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>34</v>
       </c>
       <c r="B6" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>36</v>
       </c>
@@ -903,51 +903,51 @@
       <c r="A14" t="s">
         <v>50</v>
       </c>
       <c r="B14" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
         <v>52</v>
       </c>
       <c r="B15" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
         <v>54</v>
       </c>
       <c r="B16" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B17" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
         <v>57</v>
       </c>
       <c r="B18" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
         <v>59</v>
       </c>
       <c r="B19" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" t="s">
         <v>6</v>
       </c>