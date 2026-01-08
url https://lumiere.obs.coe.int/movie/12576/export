--- v0 (2025-12-17)
+++ v1 (2026-01-08)
@@ -127,84 +127,84 @@
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>A Contracorriente Films</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>MK2 DIFFUSION</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>BR</t>
+  </si>
+  <si>
+    <t>A Cura</t>
+  </si>
+  <si>
+    <t>GB,GR,JP</t>
+  </si>
+  <si>
+    <t>Cure</t>
+  </si>
+  <si>
+    <t>DE</t>
+  </si>
+  <si>
+    <t>Cure - Kyua</t>
+  </si>
+  <si>
     <t>HU</t>
   </si>
   <si>
     <t>Gyógymód</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Kuracja</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>Leacul</t>
-  </si>
-[...16 lines deleted...]
-    <t>Cure - Kyua</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Исцеление</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="### ### ##0"/>
   </numFmts>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
@@ -840,78 +840,78 @@
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B9"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="11.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
-        <v>37</v>
+        <v>6</v>
       </c>
       <c r="B2" t="s">
-        <v>38</v>
+        <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="B3" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="B4" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
-        <v>6</v>
+        <v>41</v>
       </c>
       <c r="B5" t="s">
-        <v>1</v>
+        <v>42</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>43</v>
       </c>
       <c r="B6" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>45</v>
       </c>
       <c r="B7" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
         <v>47</v>
       </c>
       <c r="B8" t="s">
         <v>48</v>
       </c>