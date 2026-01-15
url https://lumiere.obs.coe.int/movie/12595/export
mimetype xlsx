--- v0 (2025-11-15)
+++ v1 (2026-01-15)
@@ -163,50 +163,56 @@
   <si>
     <t>Arrow Films</t>
   </si>
   <si>
     <t>GB_IE</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>Talma Filmes</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>Nonstop Entertainment</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>GR</t>
+  </si>
+  <si>
+    <t>Ριφιφί</t>
+  </si>
+  <si>
     <t>UA</t>
   </si>
   <si>
     <t>Чоловiчi розбори</t>
   </si>
   <si>
     <t>AT,BR,DE,ES,FI,GB,IT,LT,PL,PT,SE,US</t>
   </si>
   <si>
     <t>Rififi</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>Terwijl Parijs slaapt</t>
   </si>
   <si>
     <t>BG</t>
   </si>
   <si>
     <t>Кавга</t>
   </si>
   <si>
     <t>CA</t>
@@ -233,56 +239,50 @@
     <t>Rififi a férfiak közt</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>男の争い</t>
   </si>
   <si>
     <t>MX</t>
   </si>
   <si>
     <t>Rififi entre los hombres</t>
   </si>
   <si>
     <t>NO</t>
   </si>
   <si>
     <t>Nattens ulver</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>İnsanlar ve Para</t>
-  </si>
-[...4 lines deleted...]
-    <t>Ριφιφί</t>
   </si>
   <si>
     <t>Мужские разборки</t>
   </si>
   <si>
     <t>Gužva u podzemlju</t>
   </si>
   <si>
     <t>CN</t>
   </si>
   <si>
     <t>男人的争斗</t>
   </si>
   <si>
     <t>Чоловічі розбори</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="### ### ##0"/>
   </numFmts>
   <fonts count="3">
@@ -1116,62 +1116,62 @@
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B19"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="32" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="25.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
-        <v>39</v>
+        <v>49</v>
       </c>
       <c r="B2" t="s">
-        <v>1</v>
+        <v>50</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
-        <v>49</v>
+        <v>39</v>
       </c>
       <c r="B3" t="s">
-        <v>50</v>
+        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
         <v>51</v>
       </c>
       <c r="B4" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>53</v>
       </c>
       <c r="B5" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>55</v>
       </c>
       <c r="B6" t="s">
         <v>56</v>
       </c>
@@ -1246,51 +1246,51 @@
       </c>
       <c r="B15" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="B16" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="B17" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
         <v>77</v>
       </c>
       <c r="B18" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="B19" t="s">
         <v>79</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>