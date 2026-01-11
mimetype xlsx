--- v0 (2025-11-30)
+++ v1 (2026-01-11)
@@ -241,108 +241,108 @@
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>NO</t>
   </si>
   <si>
     <t>United International Pictures</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>SF Bio</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>IN</t>
+  </si>
+  <si>
+    <t>Halloween: Kilara Ke Raat</t>
+  </si>
+  <si>
+    <t>Halloween, la nuit des masques</t>
+  </si>
+  <si>
+    <t>Halloween - Regresso do Mal</t>
+  </si>
+  <si>
+    <t>Halovin: Killar Iravu</t>
+  </si>
+  <si>
+    <t>Halovin: Killar Nait</t>
+  </si>
+  <si>
+    <t>Predvecer svátku Vsech svatých</t>
+  </si>
+  <si>
     <t>TR</t>
   </si>
   <si>
+    <t>Yabanci</t>
+  </si>
+  <si>
+    <t>UA</t>
+  </si>
+  <si>
+    <t>Хелловiн</t>
+  </si>
+  <si>
+    <t>La nuit des masques</t>
+  </si>
+  <si>
+    <t>BG</t>
+  </si>
+  <si>
+    <t>Хелоуин</t>
+  </si>
+  <si>
+    <t>AR,AU,CA,CZ,ES,GB,HU,JP,MX,NL,PL,SG,US</t>
+  </si>
+  <si>
+    <t>CA,FR</t>
+  </si>
+  <si>
+    <t>La Nuit des masques</t>
+  </si>
+  <si>
+    <t>JP</t>
+  </si>
+  <si>
+    <t>ハロウィン</t>
+  </si>
+  <si>
     <t>Yabancı</t>
-  </si>
-[...52 lines deleted...]
-    <t>ハロウィン</t>
   </si>
   <si>
     <t>Halloween : la nuit des masques</t>
   </si>
   <si>
     <t>Halloween - Naamioiden Yö</t>
   </si>
   <si>
     <t>De nacht van de griezels</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>Halloween: A Noite do Terror</t>
   </si>
   <si>
     <t>Předvečer svátku Všech svatých</t>
   </si>
   <si>
     <t>DE</t>
   </si>
   <si>
     <t>Halloween - Die Nacht des Grauens</t>
   </si>
@@ -1895,147 +1895,147 @@
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="38" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="40.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>75</v>
       </c>
       <c r="B2" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
+        <v>57</v>
+      </c>
+      <c r="B3" t="s">
         <v>77</v>
-      </c>
-[...1 lines deleted...]
-        <v>78</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
-        <v>57</v>
+        <v>70</v>
       </c>
       <c r="B4" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="B5" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="B6" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
-        <v>77</v>
+        <v>50</v>
       </c>
       <c r="B7" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
-        <v>50</v>
+        <v>82</v>
       </c>
       <c r="B8" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
-        <v>75</v>
+        <v>84</v>
       </c>
       <c r="B9" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
-        <v>85</v>
+        <v>47</v>
       </c>
       <c r="B10" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
-        <v>47</v>
+        <v>87</v>
       </c>
       <c r="B11" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="B12" t="s">
-        <v>89</v>
+        <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
         <v>90</v>
       </c>
       <c r="B13" t="s">
-        <v>1</v>
+        <v>91</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="B14" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
-        <v>93</v>
+        <v>82</v>
       </c>
       <c r="B15" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="B16" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="B17" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
         <v>47</v>
       </c>
       <c r="B18" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
@@ -2222,51 +2222,51 @@
       </c>
     </row>
     <row r="42" spans="1:2">
       <c r="A42" t="s">
         <v>6</v>
       </c>
       <c r="B42" t="s">
         <v>132</v>
       </c>
     </row>
     <row r="43" spans="1:2">
       <c r="A43" t="s">
         <v>6</v>
       </c>
       <c r="B43" t="s">
         <v>133</v>
       </c>
     </row>
     <row r="44" spans="1:2">
       <c r="B44" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="45" spans="1:2">
       <c r="A45" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="B45" t="s">
         <v>135</v>
       </c>
     </row>
     <row r="46" spans="1:2">
       <c r="A46" t="s">
         <v>136</v>
       </c>
       <c r="B46" t="s">
         <v>137</v>
       </c>
     </row>
     <row r="47" spans="1:2">
       <c r="A47" t="s">
         <v>6</v>
       </c>
       <c r="B47" t="s">
         <v>138</v>
       </c>
     </row>
     <row r="48" spans="1:2">
       <c r="A48" t="s">
         <v>107</v>
       </c>