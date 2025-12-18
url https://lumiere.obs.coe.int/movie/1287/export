--- v0 (2025-11-27)
+++ v1 (2025-12-18)
@@ -160,50 +160,56 @@
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>Les Acacias</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>Cinemien</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>HU</t>
+  </si>
+  <si>
+    <t>Az ártatlan</t>
+  </si>
+  <si>
     <t>L'étranger</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>HR</t>
   </si>
   <si>
     <t>Nevina i čista</t>
   </si>
   <si>
     <t>AR,ES,MX</t>
   </si>
   <si>
     <t>El inocente</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>De onschuldige</t>
   </si>
   <si>
     <t>BG</t>
@@ -236,56 +242,50 @@
     <t>Den uskyldige</t>
   </si>
   <si>
     <t>FI</t>
   </si>
   <si>
     <t>Rakkaus Roomassa</t>
   </si>
   <si>
     <t>L'innocent</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>Udanashaulo</t>
   </si>
   <si>
     <t>GR</t>
   </si>
   <si>
     <t>O athoos</t>
   </si>
   <si>
     <t>Uljez</t>
-  </si>
-[...4 lines deleted...]
-    <t>Az ártatlan</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>イノセント</t>
   </si>
   <si>
     <t>Inosento</t>
   </si>
   <si>
     <t>LT</t>
   </si>
   <si>
     <t>Nekaltas</t>
   </si>
   <si>
     <t>NO</t>
   </si>
   <si>
     <t>Uskyld</t>
   </si>
   <si>
     <t>PL</t>
   </si>
@@ -1153,68 +1153,68 @@
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B31"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="17.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
+      <c r="A2" t="s">
+        <v>48</v>
+      </c>
       <c r="B2" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
     </row>
     <row r="3" spans="1:2">
-      <c r="A3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B3" t="s">
-        <v>1</v>
+        <v>50</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="B4" t="s">
-        <v>51</v>
+        <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>52</v>
       </c>
       <c r="B5" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>54</v>
       </c>
       <c r="B6" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>56</v>
       </c>
       <c r="B7" t="s">
         <v>57</v>
       </c>
@@ -1239,83 +1239,83 @@
       <c r="A10" t="s">
         <v>62</v>
       </c>
       <c r="B10" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
         <v>64</v>
       </c>
       <c r="B11" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
         <v>66</v>
       </c>
       <c r="B12" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
-        <v>41</v>
+        <v>68</v>
       </c>
       <c r="B13" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
-        <v>69</v>
+        <v>41</v>
       </c>
       <c r="B14" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
         <v>71</v>
       </c>
       <c r="B15" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
-        <v>50</v>
+        <v>73</v>
       </c>
       <c r="B16" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
-        <v>74</v>
+        <v>52</v>
       </c>
       <c r="B17" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
         <v>76</v>
       </c>
       <c r="B18" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
         <v>76</v>
       </c>
       <c r="B19" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" t="s">
         <v>79</v>
       </c>