--- v0 (2025-11-21)
+++ v1 (2025-12-17)
@@ -172,165 +172,165 @@
   <si>
     <t>Carlotta Films</t>
   </si>
   <si>
     <t>Park Circus</t>
   </si>
   <si>
     <t>GB_IE</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>Eye Film Institute</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>GR</t>
+  </si>
+  <si>
+    <t>Ta 39 skalopatia</t>
+  </si>
+  <si>
+    <t>Ta 39 vimata</t>
+  </si>
+  <si>
+    <t>JP</t>
+  </si>
+  <si>
+    <t>三十九夜</t>
+  </si>
+  <si>
+    <t>TR</t>
+  </si>
+  <si>
+    <t>39 Basamak</t>
+  </si>
+  <si>
+    <t>RS</t>
+  </si>
+  <si>
+    <t>39 stepenika</t>
+  </si>
+  <si>
+    <t>De 39 voetstappen</t>
+  </si>
+  <si>
+    <t>Het complot van 39 stappen</t>
+  </si>
+  <si>
+    <t>BE,CA,FR</t>
+  </si>
+  <si>
+    <t>Les 39 marches</t>
+  </si>
+  <si>
+    <t>BE</t>
+  </si>
+  <si>
+    <t>L'homme au doigt coupé</t>
+  </si>
+  <si>
+    <t>BG</t>
+  </si>
+  <si>
+    <t>39-те стъпки</t>
+  </si>
+  <si>
+    <t>AU,CA,GB,US</t>
+  </si>
+  <si>
+    <t>The 39 Steps</t>
+  </si>
+  <si>
+    <t>Els trenta-Nou graons</t>
+  </si>
+  <si>
+    <t>AR,ES</t>
+  </si>
+  <si>
+    <t>39 escalones</t>
+  </si>
+  <si>
+    <t>CN</t>
+  </si>
+  <si>
+    <t>三十九级台阶</t>
+  </si>
+  <si>
+    <t>39 cтупеней</t>
+  </si>
+  <si>
+    <t>AT,DE</t>
+  </si>
+  <si>
+    <t>Die 39 Stufen</t>
+  </si>
+  <si>
+    <t>SI</t>
+  </si>
+  <si>
+    <t>39 stopnic</t>
+  </si>
+  <si>
+    <t>SK</t>
+  </si>
+  <si>
+    <t>39 stupňov</t>
+  </si>
+  <si>
+    <t>MX,VE</t>
+  </si>
+  <si>
+    <t>Los 39 escalones</t>
+  </si>
+  <si>
+    <t>39 ступеней</t>
+  </si>
+  <si>
+    <t>UA</t>
+  </si>
+  <si>
+    <t>39 сходинок</t>
+  </si>
+  <si>
+    <t>De 39 treden</t>
+  </si>
+  <si>
     <t>BR</t>
   </si>
   <si>
     <t>39 Degraus</t>
-  </si>
-[...109 lines deleted...]
-    <t>De 39 treden</t>
   </si>
   <si>
     <t>BR,PT</t>
   </si>
   <si>
     <t>Os 39 Degraus</t>
   </si>
   <si>
     <t>DK</t>
   </si>
   <si>
     <t>De 39 trin</t>
   </si>
   <si>
     <t>FI</t>
   </si>
   <si>
     <t>39 askelta</t>
   </si>
   <si>
     <t>HR</t>
   </si>
   <si>
     <t>39 stepenica</t>
   </si>
@@ -1350,227 +1350,227 @@
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B49"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="29.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
-      <c r="A2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B2" t="s">
-        <v>53</v>
+        <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="B3" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
+        <v>52</v>
+      </c>
+      <c r="B4" t="s">
         <v>54</v>
-      </c>
-[...1 lines deleted...]
-        <v>56</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="B5" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="B6" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="B7" t="s">
-        <v>62</v>
+        <v>60</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
         <v>47</v>
       </c>
       <c r="B8" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
         <v>47</v>
       </c>
       <c r="B9" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="B10" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="B11" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="B12" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="B13" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
         <v>41</v>
       </c>
       <c r="B14" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="B15" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B16" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="B17" t="s">
-        <v>1</v>
+        <v>76</v>
       </c>
     </row>
     <row r="18" spans="1:2">
+      <c r="A18" t="s">
+        <v>77</v>
+      </c>
       <c r="B18" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
         <v>79</v>
       </c>
       <c r="B19" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" t="s">
         <v>81</v>
       </c>
       <c r="B20" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" t="s">
         <v>83</v>
       </c>
       <c r="B21" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="22" spans="1:2">
-      <c r="A22" t="s">
+      <c r="B22" t="s">
         <v>85</v>
       </c>
-      <c r="B22" t="s">
+    </row>
+    <row r="23" spans="1:2">
+      <c r="A23" t="s">
         <v>86</v>
       </c>
-    </row>
-    <row r="23" spans="1:2">
       <c r="B23" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="24" spans="1:2">
       <c r="A24" t="s">
+        <v>65</v>
+      </c>
+      <c r="B24" t="s">
         <v>88</v>
-      </c>
-[...1 lines deleted...]
-        <v>89</v>
       </c>
     </row>
     <row r="25" spans="1:2">
       <c r="A25" t="s">
-        <v>67</v>
+        <v>89</v>
       </c>
       <c r="B25" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="26" spans="1:2">
       <c r="A26" t="s">
         <v>91</v>
       </c>
       <c r="B26" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="27" spans="1:2">
       <c r="A27" t="s">
         <v>93</v>
       </c>
       <c r="B27" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="28" spans="1:2">
       <c r="A28" t="s">
         <v>95</v>
       </c>
@@ -1590,67 +1590,67 @@
       <c r="A30" t="s">
         <v>99</v>
       </c>
       <c r="B30" t="s">
         <v>100</v>
       </c>
     </row>
     <row r="31" spans="1:2">
       <c r="A31" t="s">
         <v>101</v>
       </c>
       <c r="B31" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="32" spans="1:2">
       <c r="A32" t="s">
         <v>101</v>
       </c>
       <c r="B32" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="33" spans="1:2">
       <c r="A33" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="B33" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="34" spans="1:2">
       <c r="A34" t="s">
         <v>101</v>
       </c>
       <c r="B34" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="35" spans="1:2">
       <c r="A35" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="B35" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="36" spans="1:2">
       <c r="A36" t="s">
         <v>107</v>
       </c>
       <c r="B36" t="s">
         <v>108</v>
       </c>
     </row>
     <row r="37" spans="1:2">
       <c r="A37" t="s">
         <v>109</v>
       </c>
       <c r="B37" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="38" spans="1:2">
       <c r="A38" t="s">
         <v>47</v>
       </c>
@@ -1694,75 +1694,75 @@
       <c r="A43" t="s">
         <v>117</v>
       </c>
       <c r="B43" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="44" spans="1:2">
       <c r="A44" t="s">
         <v>119</v>
       </c>
       <c r="B44" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="45" spans="1:2">
       <c r="A45" t="s">
         <v>119</v>
       </c>
       <c r="B45" t="s">
         <v>121</v>
       </c>
     </row>
     <row r="46" spans="1:2">
       <c r="A46" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="B46" t="s">
         <v>122</v>
       </c>
     </row>
     <row r="47" spans="1:2">
       <c r="A47" t="s">
         <v>123</v>
       </c>
       <c r="B47" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="48" spans="1:2">
       <c r="A48" t="s">
         <v>6</v>
       </c>
       <c r="B48" t="s">
         <v>125</v>
       </c>
     </row>
     <row r="49" spans="1:2">
       <c r="A49" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="B49" t="s">
         <v>126</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>