--- v1 (2025-12-17)
+++ v2 (2026-01-23)
@@ -172,75 +172,75 @@
   <si>
     <t>Carlotta Films</t>
   </si>
   <si>
     <t>Park Circus</t>
   </si>
   <si>
     <t>GB_IE</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>Eye Film Institute</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>RS</t>
+  </si>
+  <si>
+    <t>39 stepenika</t>
+  </si>
+  <si>
+    <t>TR</t>
+  </si>
+  <si>
+    <t>39 Basamak</t>
+  </si>
+  <si>
     <t>GR</t>
   </si>
   <si>
     <t>Ta 39 skalopatia</t>
   </si>
   <si>
     <t>Ta 39 vimata</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>三十九夜</t>
-  </si>
-[...10 lines deleted...]
-    <t>39 stepenika</t>
   </si>
   <si>
     <t>De 39 voetstappen</t>
   </si>
   <si>
     <t>Het complot van 39 stappen</t>
   </si>
   <si>
     <t>BE,CA,FR</t>
   </si>
   <si>
     <t>Les 39 marches</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>L'homme au doigt coupé</t>
   </si>
   <si>
     <t>BG</t>
   </si>
   <si>
     <t>39-те стъпки</t>
   </si>
@@ -1350,164 +1350,164 @@
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B49"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="29.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
+      <c r="A2" t="s">
+        <v>52</v>
+      </c>
       <c r="B2" t="s">
-        <v>1</v>
+        <v>53</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="B3" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
-        <v>52</v>
+        <v>56</v>
       </c>
       <c r="B4" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B5" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="B6" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
-        <v>59</v>
+        <v>47</v>
       </c>
       <c r="B7" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
         <v>47</v>
       </c>
       <c r="B8" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
-        <v>47</v>
+        <v>63</v>
       </c>
       <c r="B9" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="B10" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="B11" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="B12" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
-        <v>69</v>
+        <v>41</v>
       </c>
       <c r="B13" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
-        <v>41</v>
+        <v>72</v>
       </c>
       <c r="B14" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="B15" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
     </row>
     <row r="16" spans="1:2">
-      <c r="A16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B16" t="s">
-        <v>75</v>
+        <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="B17" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
         <v>77</v>
       </c>
       <c r="B18" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
         <v>79</v>
       </c>
       <c r="B19" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" t="s">
@@ -1590,67 +1590,67 @@
       <c r="A30" t="s">
         <v>99</v>
       </c>
       <c r="B30" t="s">
         <v>100</v>
       </c>
     </row>
     <row r="31" spans="1:2">
       <c r="A31" t="s">
         <v>101</v>
       </c>
       <c r="B31" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="32" spans="1:2">
       <c r="A32" t="s">
         <v>101</v>
       </c>
       <c r="B32" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="33" spans="1:2">
       <c r="A33" t="s">
-        <v>52</v>
+        <v>56</v>
       </c>
       <c r="B33" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="34" spans="1:2">
       <c r="A34" t="s">
         <v>101</v>
       </c>
       <c r="B34" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="35" spans="1:2">
       <c r="A35" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="B35" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="36" spans="1:2">
       <c r="A36" t="s">
         <v>107</v>
       </c>
       <c r="B36" t="s">
         <v>108</v>
       </c>
     </row>
     <row r="37" spans="1:2">
       <c r="A37" t="s">
         <v>109</v>
       </c>
       <c r="B37" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="38" spans="1:2">
       <c r="A38" t="s">
         <v>47</v>
       </c>
@@ -1694,75 +1694,75 @@
       <c r="A43" t="s">
         <v>117</v>
       </c>
       <c r="B43" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="44" spans="1:2">
       <c r="A44" t="s">
         <v>119</v>
       </c>
       <c r="B44" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="45" spans="1:2">
       <c r="A45" t="s">
         <v>119</v>
       </c>
       <c r="B45" t="s">
         <v>121</v>
       </c>
     </row>
     <row r="46" spans="1:2">
       <c r="A46" t="s">
-        <v>59</v>
+        <v>52</v>
       </c>
       <c r="B46" t="s">
         <v>122</v>
       </c>
     </row>
     <row r="47" spans="1:2">
       <c r="A47" t="s">
         <v>123</v>
       </c>
       <c r="B47" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="48" spans="1:2">
       <c r="A48" t="s">
         <v>6</v>
       </c>
       <c r="B48" t="s">
         <v>125</v>
       </c>
     </row>
     <row r="49" spans="1:2">
       <c r="A49" t="s">
-        <v>52</v>
+        <v>56</v>
       </c>
       <c r="B49" t="s">
         <v>126</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>