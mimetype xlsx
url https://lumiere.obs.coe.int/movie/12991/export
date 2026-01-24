--- v0 (2025-11-20)
+++ v1 (2026-01-24)
@@ -136,81 +136,81 @@
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>Pathé</t>
   </si>
   <si>
     <t>GB</t>
   </si>
   <si>
     <t>GB_IE</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>DK</t>
+  </si>
+  <si>
+    <t>Kilden i Provence</t>
+  </si>
+  <si>
     <t>AU,BR,CA,CH,FI,FR,GB,GR,IT,MX,PT,SE,TR,US</t>
   </si>
   <si>
     <t>LT</t>
   </si>
   <si>
     <t>Zanas de Floretas</t>
   </si>
   <si>
     <t>BG</t>
   </si>
   <si>
     <t>Жан дьо Флорет</t>
   </si>
   <si>
     <t>CA</t>
   </si>
   <si>
     <t>Jean De Florette</t>
   </si>
   <si>
     <t>DE</t>
   </si>
   <si>
     <t>Jean Florette</t>
-  </si>
-[...4 lines deleted...]
-    <t>Kilden i Provence</t>
   </si>
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>El manantial de las colinas</t>
   </si>
   <si>
     <t>FI</t>
   </si>
   <si>
     <t>Katkeruuden lähde</t>
   </si>
   <si>
     <t>HU</t>
   </si>
   <si>
     <t>A paradicsom...</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>愛と宿命の泉 PART I/フロレット家のジャン</t>
   </si>
@@ -971,59 +971,59 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B15"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="39.7109375" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="32.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>40</v>
       </c>
       <c r="B2" t="s">
-        <v>1</v>
+        <v>41</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="B3" t="s">
-        <v>42</v>
+        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
         <v>43</v>
       </c>
       <c r="B4" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>45</v>
       </c>
       <c r="B5" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>47</v>
       </c>
       <c r="B6" t="s">
         <v>48</v>
       </c>
@@ -1048,51 +1048,51 @@
       <c r="A9" t="s">
         <v>53</v>
       </c>
       <c r="B9" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
         <v>55</v>
       </c>
       <c r="B10" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
         <v>57</v>
       </c>
       <c r="B11" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="B12" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
         <v>60</v>
       </c>
       <c r="B13" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
         <v>62</v>
       </c>
       <c r="B14" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
         <v>64</v>
       </c>