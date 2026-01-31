--- v0 (2025-11-21)
+++ v1 (2026-01-31)
@@ -181,50 +181,62 @@
   <si>
     <t>LV</t>
   </si>
   <si>
     <t>Ekrans (LV)</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>Eye Film Institute</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>Leopardo Filmes</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>DK</t>
+  </si>
+  <si>
+    <t>Smukke Marie</t>
+  </si>
+  <si>
+    <t>CA</t>
+  </si>
+  <si>
+    <t>Casque D'Or</t>
+  </si>
+  <si>
     <t>PL</t>
   </si>
   <si>
     <t>Zloty kask</t>
   </si>
   <si>
     <t>BE,CA,FR</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>肉体の冠</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Altın Başlık</t>
   </si>
   <si>
     <t>Zlatokosa</t>
   </si>
   <si>
     <t>SU</t>
@@ -239,62 +251,50 @@
     <t>Paris, Bajos Fondos</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>En un suburbio de París</t>
   </si>
   <si>
     <t>AT</t>
   </si>
   <si>
     <t>Goldhelm</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>Gouden helm</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>Amores de Apache</t>
-  </si>
-[...10 lines deleted...]
-    <t>Smukke Marie</t>
   </si>
   <si>
     <t>París, bajos fondos</t>
   </si>
   <si>
     <t>FI</t>
   </si>
   <si>
     <t>Rakastajatar</t>
   </si>
   <si>
     <t>FR,GB,US</t>
   </si>
   <si>
     <t>Casque d'Or</t>
   </si>
   <si>
     <t>GR</t>
   </si>
   <si>
     <t>Hrysoun kranos</t>
   </si>
   <si>
     <t>HU</t>
   </si>
@@ -1315,109 +1315,109 @@
     <col min="1" max="1" width="12.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="22.140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>55</v>
       </c>
       <c r="B2" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
         <v>57</v>
       </c>
       <c r="B3" t="s">
-        <v>1</v>
+        <v>58</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="B4" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="B5" t="s">
-        <v>61</v>
+        <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:2">
+      <c r="A6" t="s">
+        <v>62</v>
+      </c>
       <c r="B6" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="B7" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
     </row>
     <row r="8" spans="1:2">
-      <c r="A8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B8" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
-        <v>40</v>
+        <v>67</v>
       </c>
       <c r="B9" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
-        <v>67</v>
+        <v>47</v>
       </c>
       <c r="B10" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
-        <v>69</v>
+        <v>40</v>
       </c>
       <c r="B11" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
         <v>71</v>
       </c>
       <c r="B12" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
         <v>73</v>
       </c>
       <c r="B13" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
         <v>75</v>
       </c>
@@ -1477,51 +1477,51 @@
       <c r="A21" t="s">
         <v>45</v>
       </c>
       <c r="B21" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" t="s">
         <v>89</v>
       </c>
       <c r="B22" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="23" spans="1:2">
       <c r="A23" t="s">
         <v>91</v>
       </c>
       <c r="B23" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="24" spans="1:2">
       <c r="A24" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="B24" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="25" spans="1:2">
       <c r="A25" t="s">
         <v>51</v>
       </c>
       <c r="B25" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="26" spans="1:2">
       <c r="A26" t="s">
         <v>51</v>
       </c>
       <c r="B26" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="27" spans="1:2">
       <c r="A27" t="s">
         <v>96</v>
       </c>