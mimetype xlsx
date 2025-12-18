--- v0 (2025-11-21)
+++ v1 (2025-12-18)
@@ -157,66 +157,66 @@
   <si>
     <t>GB_IE</t>
   </si>
   <si>
     <t>HU</t>
   </si>
   <si>
     <t>IS</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>A-Film</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>Hibatlanok</t>
+  </si>
+  <si>
+    <t>Makeloss</t>
+  </si>
+  <si>
+    <t>Senza difetti</t>
+  </si>
+  <si>
+    <t>EE</t>
+  </si>
+  <si>
+    <t>Veatu</t>
+  </si>
+  <si>
     <t>AU,CA,DK,GB,US</t>
-  </si>
-[...13 lines deleted...]
-    <t>Veatu</t>
   </si>
   <si>
     <t>AR,ES,MX</t>
   </si>
   <si>
     <t>Nadie es perfecto</t>
   </si>
   <si>
     <t>AT,DE</t>
   </si>
   <si>
     <t>Makellos</t>
   </si>
   <si>
     <t>BG</t>
   </si>
   <si>
     <t>Мис Съвършенство</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>Ninguém é Perfeito</t>
   </si>
@@ -1128,78 +1128,78 @@
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B26"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="15.42578125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="29.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
-      <c r="A2" t="s">
+      <c r="B2" t="s">
         <v>47</v>
-      </c>
-[...1 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="B3" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="B4" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="5" spans="1:2">
+      <c r="A5" t="s">
+        <v>50</v>
+      </c>
       <c r="B5" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B6" t="s">
-        <v>52</v>
+        <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>53</v>
       </c>
       <c r="B7" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
         <v>55</v>
       </c>
       <c r="B8" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
         <v>57</v>
       </c>
       <c r="B9" t="s">
         <v>58</v>
       </c>