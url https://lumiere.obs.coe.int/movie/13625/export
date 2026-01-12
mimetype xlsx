--- v0 (2025-12-20)
+++ v1 (2026-01-12)
@@ -100,60 +100,60 @@
   <si>
     <t>Total since 1999</t>
   </si>
   <si>
     <t>1999</t>
   </si>
   <si>
     <t>2000</t>
   </si>
   <si>
     <t>2001</t>
   </si>
   <si>
     <t>DE</t>
   </si>
   <si>
     <t>DK</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>Schneewittchen (und die sieben Zwerge)</t>
+  </si>
+  <si>
     <t>Snehvide</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>Blancanieves</t>
-  </si>
-[...1 lines deleted...]
-    <t>Schneewittchen (und die sieben Zwerge)</t>
   </si>
   <si>
     <t>HU</t>
   </si>
   <si>
     <t>Hófehérke</t>
   </si>
   <si>
     <t>US</t>
   </si>
   <si>
     <t>Snow White</t>
   </si>
   <si>
     <t>Snow White and the Seven Dwarfs</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="### ### ##0"/>
   </numFmts>
   <fonts count="3">
@@ -712,71 +712,71 @@
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B8"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="37.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
+      <c r="A2" t="s">
+        <v>24</v>
+      </c>
       <c r="B2" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="3" spans="1:2">
+      <c r="B3" t="s">
         <v>28</v>
       </c>
     </row>
-    <row r="3" spans="1:2">
-      <c r="A3" t="s">
+    <row r="4" spans="1:2">
+      <c r="B4" t="s">
         <v>29</v>
       </c>
-      <c r="B3" t="s">
+    </row>
+    <row r="5" spans="1:2">
+      <c r="A5" t="s">
         <v>30</v>
       </c>
-    </row>
-[...8 lines deleted...]
-    <row r="5" spans="1:2">
       <c r="B5" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>32</v>
       </c>
       <c r="B6" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>34</v>
       </c>
       <c r="B7" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
         <v>34</v>
       </c>
       <c r="B8" t="s">