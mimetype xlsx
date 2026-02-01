--- v0 (2026-01-01)
+++ v1 (2026-02-01)
@@ -229,50 +229,56 @@
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>CINEMATECA TIFF</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>SF Bio</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>CinemArt</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>CN</t>
+  </si>
+  <si>
+    <t>怪形</t>
+  </si>
+  <si>
     <t>AU,CA,FI,FR,GB,KR,SE,SG,US</t>
   </si>
   <si>
     <t>IN</t>
   </si>
   <si>
     <t>Graha eksa se videsi</t>
   </si>
   <si>
     <t>GR</t>
   </si>
   <si>
     <t>I apeili</t>
   </si>
   <si>
     <t>LT</t>
   </si>
   <si>
     <t>Padaras</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Sey</t>
@@ -401,56 +407,50 @@
     <t>Coś</t>
   </si>
   <si>
     <t>Veio do Outro Mundo</t>
   </si>
   <si>
     <t>Creatura</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Створ</t>
   </si>
   <si>
     <t>Vec</t>
   </si>
   <si>
     <t>Şey</t>
   </si>
   <si>
     <t>John Carpenter's The Thing</t>
   </si>
   <si>
     <t>Щось</t>
-  </si>
-[...4 lines deleted...]
-    <t>怪形</t>
   </si>
   <si>
     <t>Η απειλή</t>
   </si>
   <si>
     <t>The Thing - 'se' jostakin</t>
   </si>
   <si>
     <t>THE Thing</t>
   </si>
   <si>
     <t>SU</t>
   </si>
   <si>
     <t>Нечто</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="### ### ##0"/>
   </numFmts>
   <fonts count="3">
@@ -1715,104 +1715,104 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B44"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="25.5703125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="31.140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>71</v>
       </c>
       <c r="B2" t="s">
-        <v>1</v>
+        <v>72</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="B3" t="s">
-        <v>73</v>
+        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
         <v>74</v>
       </c>
       <c r="B4" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>76</v>
       </c>
       <c r="B5" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>78</v>
       </c>
       <c r="B6" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
-        <v>72</v>
+        <v>80</v>
       </c>
       <c r="B7" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="B8" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
-        <v>82</v>
+        <v>74</v>
       </c>
       <c r="B9" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
         <v>84</v>
       </c>
       <c r="B10" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
         <v>86</v>
       </c>
       <c r="B11" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
         <v>88</v>
       </c>
@@ -1840,235 +1840,235 @@
       <c r="A15" t="s">
         <v>94</v>
       </c>
       <c r="B15" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
         <v>96</v>
       </c>
       <c r="B16" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
         <v>98</v>
       </c>
       <c r="B17" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="B18" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
-        <v>41</v>
+        <v>100</v>
       </c>
       <c r="B19" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" t="s">
-        <v>102</v>
+        <v>41</v>
       </c>
       <c r="B20" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" t="s">
-        <v>42</v>
+        <v>104</v>
       </c>
       <c r="B21" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" t="s">
-        <v>46</v>
+        <v>42</v>
       </c>
       <c r="B22" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
     </row>
     <row r="23" spans="1:2">
       <c r="A23" t="s">
-        <v>106</v>
+        <v>46</v>
       </c>
       <c r="B23" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="24" spans="1:2">
       <c r="A24" t="s">
         <v>108</v>
       </c>
       <c r="B24" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="25" spans="1:2">
       <c r="A25" t="s">
         <v>110</v>
       </c>
       <c r="B25" t="s">
         <v>111</v>
       </c>
     </row>
     <row r="26" spans="1:2">
       <c r="A26" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="B26" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
     </row>
     <row r="27" spans="1:2">
       <c r="A27" t="s">
-        <v>82</v>
+        <v>112</v>
       </c>
       <c r="B27" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
     </row>
     <row r="28" spans="1:2">
       <c r="A28" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="B28" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
     </row>
     <row r="29" spans="1:2">
       <c r="A29" t="s">
-        <v>55</v>
+        <v>84</v>
       </c>
       <c r="B29" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
     </row>
     <row r="30" spans="1:2">
       <c r="A30" t="s">
-        <v>116</v>
+        <v>55</v>
       </c>
       <c r="B30" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="31" spans="1:2">
       <c r="A31" t="s">
-        <v>60</v>
+        <v>118</v>
       </c>
       <c r="B31" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
     </row>
     <row r="32" spans="1:2">
       <c r="A32" t="s">
-        <v>119</v>
+        <v>60</v>
       </c>
       <c r="B32" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="33" spans="1:2">
       <c r="A33" t="s">
-        <v>62</v>
+        <v>121</v>
       </c>
       <c r="B33" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
     </row>
     <row r="34" spans="1:2">
       <c r="A34" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="B34" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
     </row>
     <row r="35" spans="1:2">
       <c r="A35" t="s">
-        <v>123</v>
+        <v>63</v>
       </c>
       <c r="B35" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="36" spans="1:2">
       <c r="A36" t="s">
-        <v>67</v>
+        <v>125</v>
       </c>
       <c r="B36" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
     </row>
     <row r="37" spans="1:2">
       <c r="A37" t="s">
-        <v>78</v>
+        <v>67</v>
       </c>
       <c r="B37" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
     </row>
     <row r="38" spans="1:2">
       <c r="A38" t="s">
-        <v>6</v>
+        <v>80</v>
       </c>
       <c r="B38" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
     </row>
     <row r="39" spans="1:2">
       <c r="A39" t="s">
-        <v>84</v>
+        <v>6</v>
       </c>
       <c r="B39" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
     </row>
     <row r="40" spans="1:2">
       <c r="A40" t="s">
-        <v>129</v>
+        <v>86</v>
       </c>
       <c r="B40" t="s">
         <v>130</v>
       </c>
     </row>
     <row r="41" spans="1:2">
       <c r="A41" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B41" t="s">
         <v>131</v>
       </c>
     </row>
     <row r="42" spans="1:2">
       <c r="A42" t="s">
         <v>44</v>
       </c>
       <c r="B42" t="s">
         <v>132</v>
       </c>
     </row>
     <row r="43" spans="1:2">
       <c r="A43" t="s">
         <v>59</v>
       </c>
       <c r="B43" t="s">
         <v>133</v>
       </c>
     </row>
     <row r="44" spans="1:2">
       <c r="A44" t="s">
         <v>134</v>
       </c>