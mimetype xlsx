--- v0 (2025-12-07)
+++ v1 (2026-01-18)
@@ -14,51 +14,51 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Metadata" sheetId="1" r:id="rId1"/>
     <sheet name="Admissions" sheetId="2" r:id="rId2"/>
     <sheet name="Titles" sheetId="3" r:id="rId3"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="142" uniqueCount="125">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="145" uniqueCount="128">
   <si>
     <t>Original title</t>
   </si>
   <si>
     <t>Out of Africa</t>
   </si>
   <si>
     <t>Director(s)</t>
   </si>
   <si>
     <t>Sydney Pollack</t>
   </si>
   <si>
     <t>Production year</t>
   </si>
   <si>
     <t>Producing or Co-producing countries</t>
   </si>
   <si>
     <t>US</t>
   </si>
   <si>
     <t>IMDb link</t>
   </si>
   <si>
@@ -388,51 +388,60 @@
   <si>
     <t>Spomienky na Afriku</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Benim Afrikam</t>
   </si>
   <si>
     <t>Из Африки</t>
   </si>
   <si>
     <t>UA</t>
   </si>
   <si>
     <t>З Африки</t>
   </si>
   <si>
     <t>CN</t>
   </si>
   <si>
     <t>走出非洲</t>
   </si>
   <si>
+    <t>아웃 오브 아프리카</t>
+  </si>
+  <si>
+    <t>La Mia Africa</t>
+  </si>
+  <si>
     <t>Πέρα από την Αφρική</t>
+  </si>
+  <si>
+    <t>Out Of Africa (movie)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="### ### ##0"/>
   </numFmts>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -1686,51 +1695,51 @@
         <v>191</v>
       </c>
       <c r="AB13" s="3">
         <v>878</v>
       </c>
       <c r="AC13" s="3">
         <v>294</v>
       </c>
       <c r="AD13" s="3">
         <v>285</v>
       </c>
       <c r="AE13" s="3">
         <v>861</v>
       </c>
       <c r="AF13" s="3">
         <v>1000</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:B35"/>
+  <dimension ref="A1:B38"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="21" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="31.140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>68</v>
       </c>
       <c r="B2" t="s">
         <v>1</v>
       </c>
     </row>
@@ -1966,55 +1975,70 @@
         <v>118</v>
       </c>
     </row>
     <row r="32" spans="1:2">
       <c r="B32" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="33" spans="1:2">
       <c r="A33" t="s">
         <v>120</v>
       </c>
       <c r="B33" t="s">
         <v>121</v>
       </c>
     </row>
     <row r="34" spans="1:2">
       <c r="A34" t="s">
         <v>122</v>
       </c>
       <c r="B34" t="s">
         <v>123</v>
       </c>
     </row>
     <row r="35" spans="1:2">
-      <c r="A35" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B35" t="s">
         <v>124</v>
+      </c>
+    </row>
+    <row r="36" spans="1:2">
+      <c r="B36" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="37" spans="1:2">
+      <c r="A37" t="s">
+        <v>97</v>
+      </c>
+      <c r="B37" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="38" spans="1:2">
+      <c r="B38" t="s">
+        <v>127</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="3" baseType="lpstr">
       <vt:lpstr>Metadata</vt:lpstr>