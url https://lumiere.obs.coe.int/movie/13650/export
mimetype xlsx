--- v0 (2025-12-08)
+++ v1 (2026-02-09)
@@ -136,204 +136,204 @@
   <si>
     <t>Summer Classics</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>Indipendenti Regionali</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>Arhiva Nationala de Filme</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>JP</t>
+  </si>
+  <si>
+    <t>ロープ</t>
+  </si>
+  <si>
+    <t>AU,CA,GB,KR,NL,US</t>
+  </si>
+  <si>
+    <t>I thileia</t>
+  </si>
+  <si>
+    <t>RS</t>
+  </si>
+  <si>
+    <t>Konopac</t>
+  </si>
+  <si>
+    <t>TR</t>
+  </si>
+  <si>
+    <t>Ölüm Karari</t>
+  </si>
+  <si>
+    <t>O vrohos</t>
+  </si>
+  <si>
+    <t>LT</t>
+  </si>
+  <si>
+    <t>Virve</t>
+  </si>
+  <si>
+    <t>AR</t>
+  </si>
+  <si>
+    <t>Festín diabólico</t>
+  </si>
+  <si>
+    <t>AR,ES,MX,VE</t>
+  </si>
+  <si>
+    <t>La soga</t>
+  </si>
+  <si>
+    <t>AT,DE</t>
+  </si>
+  <si>
+    <t>Cocktail für eine Leiche</t>
+  </si>
+  <si>
+    <t>BE,CA</t>
+  </si>
+  <si>
+    <t>La corde</t>
+  </si>
+  <si>
+    <t>BE</t>
+  </si>
+  <si>
+    <t>De koord</t>
+  </si>
+  <si>
+    <t>BG</t>
+  </si>
+  <si>
+    <t>Въжето</t>
+  </si>
+  <si>
+    <t>BR</t>
+  </si>
+  <si>
+    <t>Festim Diabólico</t>
+  </si>
+  <si>
+    <t>CZ</t>
+  </si>
+  <si>
+    <t>Provaz</t>
+  </si>
+  <si>
+    <t>Rebet</t>
+  </si>
+  <si>
+    <t>FI,NO,SE</t>
+  </si>
+  <si>
+    <t>Repet</t>
+  </si>
+  <si>
+    <t>FI</t>
+  </si>
+  <si>
+    <t>Köysi</t>
+  </si>
+  <si>
+    <t>FR</t>
+  </si>
+  <si>
+    <t>La Corde</t>
+  </si>
+  <si>
+    <t>GB,US</t>
+  </si>
+  <si>
+    <t>Alfred Hitchcock's Rope</t>
+  </si>
+  <si>
+    <t>HR</t>
+  </si>
+  <si>
+    <t>Uže</t>
+  </si>
+  <si>
+    <t>HU</t>
+  </si>
+  <si>
+    <t>A kötél</t>
+  </si>
+  <si>
+    <t>IS</t>
+  </si>
+  <si>
+    <t>Reipi</t>
+  </si>
+  <si>
+    <t>Cocktail per un cadavere (Nodo alla gola)</t>
+  </si>
+  <si>
+    <t>Nodo alla gola</t>
+  </si>
+  <si>
+    <t>Virvė</t>
+  </si>
+  <si>
+    <t>PL</t>
+  </si>
+  <si>
+    <t>Lina</t>
+  </si>
+  <si>
+    <t>Sznur</t>
+  </si>
+  <si>
+    <t>A Corda</t>
+  </si>
+  <si>
     <t>Frânghia</t>
   </si>
   <si>
     <t>Funia</t>
   </si>
   <si>
     <t>Funie</t>
-  </si>
-[...145 lines deleted...]
-    <t>A Corda</t>
   </si>
   <si>
     <t>Конопац</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Vrv</t>
   </si>
   <si>
     <t>Ölüm Kararı</t>
   </si>
   <si>
     <t>Веревка</t>
   </si>
   <si>
     <t>UA</t>
   </si>
   <si>
     <t>Мотузка</t>
   </si>
   <si>
     <t>Η θηλιά</t>
   </si>
@@ -1051,323 +1051,323 @@
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B42"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="18.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="37" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="B2" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="B3" t="s">
-        <v>41</v>
+        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
-        <v>36</v>
+        <v>31</v>
       </c>
       <c r="B4" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B5" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B6" t="s">
-        <v>1</v>
+        <v>47</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>31</v>
       </c>
       <c r="B7" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="B8" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="B9" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
-        <v>31</v>
+        <v>53</v>
       </c>
       <c r="B10" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="B11" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
       <c r="B12" t="s">
-        <v>55</v>
+        <v>58</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="B13" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
       <c r="B14" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="B15" t="s">
-        <v>61</v>
+        <v>64</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
-        <v>62</v>
+        <v>65</v>
       </c>
       <c r="B16" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
-        <v>64</v>
+        <v>28</v>
       </c>
       <c r="B17" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="B18" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="B19" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" t="s">
-        <v>28</v>
+        <v>72</v>
       </c>
       <c r="B20" t="s">
-        <v>70</v>
+        <v>73</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="B21" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="B22" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
     </row>
     <row r="23" spans="1:2">
       <c r="A23" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="B23" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
     </row>
     <row r="24" spans="1:2">
       <c r="A24" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
       <c r="B24" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
     </row>
     <row r="25" spans="1:2">
       <c r="A25" t="s">
-        <v>79</v>
+        <v>33</v>
       </c>
       <c r="B25" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
     </row>
     <row r="26" spans="1:2">
       <c r="A26" t="s">
-        <v>81</v>
+        <v>33</v>
       </c>
       <c r="B26" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
     </row>
     <row r="27" spans="1:2">
       <c r="A27" t="s">
-        <v>83</v>
+        <v>49</v>
       </c>
       <c r="B27" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="28" spans="1:2">
       <c r="A28" t="s">
-        <v>33</v>
+        <v>85</v>
       </c>
       <c r="B28" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
     </row>
     <row r="29" spans="1:2">
       <c r="A29" t="s">
-        <v>33</v>
+        <v>85</v>
       </c>
       <c r="B29" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
     </row>
     <row r="30" spans="1:2">
       <c r="A30" t="s">
-        <v>52</v>
+        <v>35</v>
       </c>
       <c r="B30" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
     </row>
     <row r="31" spans="1:2">
       <c r="A31" t="s">
-        <v>88</v>
+        <v>36</v>
       </c>
       <c r="B31" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="32" spans="1:2">
       <c r="A32" t="s">
-        <v>88</v>
+        <v>36</v>
       </c>
       <c r="B32" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="33" spans="1:2">
       <c r="A33" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B33" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="34" spans="1:2">
       <c r="A34" t="s">
-        <v>47</v>
+        <v>44</v>
       </c>
       <c r="B34" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="35" spans="1:2">
       <c r="A35" t="s">
         <v>93</v>
       </c>
       <c r="B35" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="36" spans="1:2">
       <c r="A36" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="B36" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="37" spans="1:2">
       <c r="B37" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="38" spans="1:2">
       <c r="A38" t="s">
         <v>97</v>
       </c>
       <c r="B38" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="39" spans="1:2">
       <c r="A39" t="s">
         <v>31</v>
       </c>
       <c r="B39" t="s">
         <v>99</v>
       </c>