--- v0 (2025-11-24)
+++ v1 (2026-01-07)
@@ -97,87 +97,87 @@
   <si>
     <t>Release date</t>
   </si>
   <si>
     <t>Total since 1997</t>
   </si>
   <si>
     <t>1997</t>
   </si>
   <si>
     <t>2000</t>
   </si>
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>HU</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>GR</t>
+  </si>
+  <si>
+    <t>Kai to proto paidi</t>
+  </si>
+  <si>
+    <t>BR</t>
+  </si>
+  <si>
+    <t>Sinbad - Enlouquecendo meu Guarda-Costas</t>
+  </si>
+  <si>
+    <t>AU,CA,GB,IE,NZ,US</t>
+  </si>
+  <si>
+    <t>TR</t>
+  </si>
+  <si>
+    <t>Baskan çocugu</t>
+  </si>
+  <si>
+    <t>AT,DE</t>
+  </si>
+  <si>
+    <t>Mr. Präsident Junior</t>
+  </si>
+  <si>
     <t>AT</t>
   </si>
   <si>
     <t>Mr President Junior</t>
   </si>
   <si>
     <t>BG</t>
   </si>
   <si>
     <t>The First Child</t>
-  </si>
-[...25 lines deleted...]
-    <t>Mr. Präsident Junior</t>
   </si>
   <si>
     <t>Първото дете</t>
   </si>
   <si>
     <t>Enlouquecendo Meu Guarda-Costas</t>
   </si>
   <si>
     <t>O Primeiro Garoto</t>
   </si>
   <si>
     <t>Sinbad - Driving My Bodyguard Crazy</t>
   </si>
   <si>
     <t>CA</t>
   </si>
   <si>
     <t>President Junior</t>
   </si>
   <si>
     <t>CA,FR</t>
   </si>
   <si>
     <t>Président junior</t>
   </si>
@@ -861,112 +861,112 @@
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>27</v>
       </c>
       <c r="B2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
         <v>29</v>
       </c>
       <c r="B3" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
         <v>31</v>
       </c>
       <c r="B4" t="s">
-        <v>32</v>
+        <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
+        <v>32</v>
+      </c>
+      <c r="B5" t="s">
         <v>33</v>
-      </c>
-[...1 lines deleted...]
-        <v>34</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
+        <v>34</v>
+      </c>
+      <c r="B6" t="s">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>36</v>
       </c>
       <c r="B7" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
         <v>38</v>
       </c>
       <c r="B8" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
-        <v>29</v>
+        <v>38</v>
       </c>
       <c r="B9" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="B10" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="B11" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="B12" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
         <v>44</v>
       </c>
       <c r="B13" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
         <v>46</v>
       </c>
       <c r="B14" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
         <v>48</v>
       </c>
@@ -1090,83 +1090,83 @@
       <c r="A30" t="s">
         <v>72</v>
       </c>
       <c r="B30" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="31" spans="1:2">
       <c r="A31" t="s">
         <v>74</v>
       </c>
       <c r="B31" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="32" spans="1:2">
       <c r="A32" t="s">
         <v>74</v>
       </c>
       <c r="B32" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="33" spans="1:2">
       <c r="A33" t="s">
-        <v>36</v>
+        <v>32</v>
       </c>
       <c r="B33" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="34" spans="1:2">
       <c r="A34" t="s">
-        <v>36</v>
+        <v>32</v>
       </c>
       <c r="B34" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="35" spans="1:2">
       <c r="A35" t="s">
         <v>72</v>
       </c>
       <c r="B35" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="36" spans="1:2">
       <c r="A36" t="s">
         <v>80</v>
       </c>
       <c r="B36" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="37" spans="1:2">
       <c r="A37" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="B37" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="38" spans="1:2">
       <c r="A38" t="s">
         <v>51</v>
       </c>
       <c r="B38" t="s">
         <v>83</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">