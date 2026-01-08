--- v0 (2025-12-13)
+++ v1 (2026-01-08)
@@ -91,90 +91,90 @@
   <si>
     <t>Market</t>
   </si>
   <si>
     <t>Distributor</t>
   </si>
   <si>
     <t>Release date</t>
   </si>
   <si>
     <t>Total since 1996</t>
   </si>
   <si>
     <t>1996</t>
   </si>
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>NL</t>
+  </si>
+  <si>
+    <t>Tragedie in Hollywood</t>
+  </si>
+  <si>
     <t>AU,CA,GB,US</t>
   </si>
   <si>
     <t>AT</t>
   </si>
   <si>
     <t>Ihr Leben war ein Skandal</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>O Gosto Amargo da Glória</t>
   </si>
   <si>
     <t>Demasiado pronto para vivir</t>
   </si>
   <si>
     <t>FI</t>
   </si>
   <si>
     <t>Liian paljon, liian varhain</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>Une femme marquée</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>Furia d'amare</t>
-  </si>
-[...4 lines deleted...]
-    <t>Tragedie in Hollywood</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>As Duas Faces de uma Vida</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>Spel i blindo</t>
   </si>
   <si>
     <t>Too Much, Too Soon: The Daring Story of Diana Barrymore</t>
   </si>
   <si>
     <t>VE</t>
   </si>
   <si>
     <t>Mujer marcada</t>
   </si>
   <si>
     <t>Слишком много, слишком скоро</t>
   </si>
@@ -709,80 +709,80 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B14"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="51.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>25</v>
       </c>
       <c r="B2" t="s">
-        <v>1</v>
+        <v>26</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B3" t="s">
-        <v>27</v>
+        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
         <v>28</v>
       </c>
       <c r="B4" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
-        <v>22</v>
+        <v>30</v>
       </c>
       <c r="B5" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
-        <v>31</v>
+        <v>22</v>
       </c>
       <c r="B6" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>33</v>
       </c>
       <c r="B7" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
         <v>35</v>
       </c>
       <c r="B8" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
         <v>37</v>
       </c>