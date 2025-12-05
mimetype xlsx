--- v0 (2025-11-15)
+++ v1 (2025-12-05)
@@ -262,111 +262,111 @@
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>NOS Lusomundo Audiovisuais</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>ANF</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>Sveriges Förenade Filmstudios</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>RS</t>
+  </si>
+  <si>
+    <t>Plavi somot</t>
+  </si>
+  <si>
+    <t>Ble veloudo</t>
+  </si>
+  <si>
+    <t>AU,CA,DK,FR,GB,HK,KR,NL,NO,PL,SE,SG,US</t>
+  </si>
+  <si>
+    <t>LT</t>
+  </si>
+  <si>
+    <t>Melynas aksomas</t>
+  </si>
+  <si>
+    <t>HR</t>
+  </si>
+  <si>
+    <t>Plavi barsun</t>
+  </si>
+  <si>
+    <t>UA</t>
+  </si>
+  <si>
+    <t>Синiй оксамит</t>
+  </si>
+  <si>
+    <t>BG</t>
+  </si>
+  <si>
+    <t>Синьо кадифе</t>
+  </si>
+  <si>
+    <t>Vellut blau</t>
+  </si>
+  <si>
+    <t>FI</t>
+  </si>
+  <si>
+    <t>Blue Velvet - och blåare var natten</t>
+  </si>
+  <si>
+    <t>JP</t>
+  </si>
+  <si>
+    <t>ブルーベルベット</t>
+  </si>
+  <si>
+    <t>TR</t>
+  </si>
+  <si>
+    <t>Mavi kadife</t>
+  </si>
+  <si>
     <t>CN</t>
   </si>
   <si>
     <t>蓝丝绒</t>
-  </si>
-[...55 lines deleted...]
-    <t>Mavi kadife</t>
   </si>
   <si>
     <t>AR,ES,MX</t>
   </si>
   <si>
     <t>Terciopelo azul</t>
   </si>
   <si>
     <t>BR,PT</t>
   </si>
   <si>
     <t>Veludo Azul</t>
   </si>
   <si>
     <t>Modrý samet</t>
   </si>
   <si>
     <t>DE</t>
   </si>
   <si>
     <t>Blue Velvet: Verbotene Blicke</t>
   </si>
   <si>
     <t>EE</t>
   </si>
@@ -2138,59 +2138,59 @@
       <c r="A6" t="s">
         <v>88</v>
       </c>
       <c r="B6" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>90</v>
       </c>
       <c r="B7" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
         <v>92</v>
       </c>
       <c r="B8" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
+        <v>57</v>
+      </c>
+      <c r="B9" t="s">
         <v>94</v>
-      </c>
-[...1 lines deleted...]
-        <v>95</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
-        <v>57</v>
+        <v>95</v>
       </c>
       <c r="B10" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
         <v>97</v>
       </c>
       <c r="B11" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
         <v>99</v>
       </c>
       <c r="B12" t="s">
         <v>100</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
         <v>101</v>
       </c>
@@ -2226,51 +2226,51 @@
       <c r="A17" t="s">
         <v>108</v>
       </c>
       <c r="B17" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
         <v>110</v>
       </c>
       <c r="B18" t="s">
         <v>111</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
         <v>57</v>
       </c>
       <c r="B19" t="s">
         <v>112</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="B20" t="s">
         <v>113</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" t="s">
         <v>88</v>
       </c>
       <c r="B21" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" t="s">
         <v>66</v>
       </c>
       <c r="B22" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="23" spans="1:2">
       <c r="A23" t="s">
         <v>116</v>
       </c>
@@ -2282,64 +2282,64 @@
       <c r="A24" t="s">
         <v>69</v>
       </c>
       <c r="B24" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="25" spans="1:2">
       <c r="A25" t="s">
         <v>86</v>
       </c>
       <c r="B25" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="26" spans="1:2">
       <c r="A26" t="s">
         <v>76</v>
       </c>
       <c r="B26" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="27" spans="1:2">
       <c r="A27" t="s">
-        <v>90</v>
+        <v>82</v>
       </c>
       <c r="B27" t="s">
         <v>121</v>
       </c>
     </row>
     <row r="28" spans="1:2">
       <c r="B28" t="s">
         <v>122</v>
       </c>
     </row>
     <row r="29" spans="1:2">
       <c r="A29" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="B29" t="s">
         <v>123</v>
       </c>
     </row>
     <row r="30" spans="1:2">
       <c r="A30" t="s">
         <v>64</v>
       </c>
       <c r="B30" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="31" spans="1:2">
       <c r="A31" t="s">
         <v>125</v>
       </c>
       <c r="B31" t="s">
         <v>126</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>