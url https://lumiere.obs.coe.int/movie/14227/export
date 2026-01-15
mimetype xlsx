--- v1 (2025-12-05)
+++ v2 (2026-01-15)
@@ -262,72 +262,72 @@
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>NOS Lusomundo Audiovisuais</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>ANF</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>Sveriges Förenade Filmstudios</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>Ble veloudo</t>
+  </si>
+  <si>
+    <t>AU,CA,DK,FR,GB,HK,KR,NL,NO,PL,SE,SG,US</t>
+  </si>
+  <si>
+    <t>LT</t>
+  </si>
+  <si>
+    <t>Melynas aksomas</t>
+  </si>
+  <si>
+    <t>HR</t>
+  </si>
+  <si>
+    <t>Plavi barsun</t>
+  </si>
+  <si>
     <t>RS</t>
   </si>
   <si>
     <t>Plavi somot</t>
-  </si>
-[...16 lines deleted...]
-    <t>Plavi barsun</t>
   </si>
   <si>
     <t>UA</t>
   </si>
   <si>
     <t>Синiй оксамит</t>
   </si>
   <si>
     <t>BG</t>
   </si>
   <si>
     <t>Синьо кадифе</t>
   </si>
   <si>
     <t>Vellut blau</t>
   </si>
   <si>
     <t>FI</t>
   </si>
   <si>
     <t>Blue Velvet - och blåare var natten</t>
   </si>
   <si>
     <t>JP</t>
   </si>
@@ -2082,70 +2082,70 @@
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B31"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="38.28515625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="31.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
+        <v>64</v>
+      </c>
+      <c r="B2" t="s">
         <v>82</v>
-      </c>
-[...1 lines deleted...]
-        <v>83</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
-        <v>64</v>
+        <v>83</v>
       </c>
       <c r="B3" t="s">
-        <v>84</v>
+        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
+        <v>84</v>
+      </c>
+      <c r="B4" t="s">
         <v>85</v>
-      </c>
-[...1 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>86</v>
       </c>
       <c r="B5" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>88</v>
       </c>
       <c r="B6" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>90</v>
       </c>
       <c r="B7" t="s">
         <v>91</v>
       </c>
@@ -2234,99 +2234,99 @@
       <c r="A18" t="s">
         <v>110</v>
       </c>
       <c r="B18" t="s">
         <v>111</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
         <v>57</v>
       </c>
       <c r="B19" t="s">
         <v>112</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" t="s">
         <v>95</v>
       </c>
       <c r="B20" t="s">
         <v>113</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" t="s">
-        <v>88</v>
+        <v>86</v>
       </c>
       <c r="B21" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" t="s">
         <v>66</v>
       </c>
       <c r="B22" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="23" spans="1:2">
       <c r="A23" t="s">
         <v>116</v>
       </c>
       <c r="B23" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="24" spans="1:2">
       <c r="A24" t="s">
         <v>69</v>
       </c>
       <c r="B24" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="25" spans="1:2">
       <c r="A25" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="B25" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="26" spans="1:2">
       <c r="A26" t="s">
         <v>76</v>
       </c>
       <c r="B26" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="27" spans="1:2">
       <c r="A27" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="B27" t="s">
         <v>121</v>
       </c>
     </row>
     <row r="28" spans="1:2">
       <c r="B28" t="s">
         <v>122</v>
       </c>
     </row>
     <row r="29" spans="1:2">
       <c r="A29" t="s">
         <v>90</v>
       </c>
       <c r="B29" t="s">
         <v>123</v>
       </c>
     </row>
     <row r="30" spans="1:2">
       <c r="A30" t="s">
         <v>64</v>
       </c>
       <c r="B30" t="s">
         <v>124</v>
       </c>