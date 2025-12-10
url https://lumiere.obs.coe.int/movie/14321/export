--- v0 (2025-11-20)
+++ v1 (2025-12-10)
@@ -115,72 +115,72 @@
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>CH</t>
   </si>
   <si>
     <t>Temporary Import Filme</t>
   </si>
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>X Films</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>AR</t>
+  </si>
+  <si>
+    <t>Altas sierras</t>
+  </si>
+  <si>
+    <t>TR</t>
+  </si>
+  <si>
+    <t>Sahikalar Üstünde</t>
+  </si>
+  <si>
     <t>AU,BE,CA,CH,GB,HK,NZ,SG,US</t>
   </si>
   <si>
     <t>El ultimo refugio</t>
   </si>
   <si>
-    <t>TR</t>
-[...4 lines deleted...]
-  <si>
     <t>SE</t>
   </si>
   <si>
     <t>Sierra</t>
-  </si>
-[...4 lines deleted...]
-    <t>Altas sierras</t>
   </si>
   <si>
     <t>AT,DE</t>
   </si>
   <si>
     <t>Entscheidung in der Sierra</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>La grande évasion</t>
   </si>
   <si>
     <t>Zijn laatste vlucht</t>
   </si>
   <si>
     <t>BG</t>
   </si>
   <si>
     <t>Високата Сиера</t>
   </si>
   <si>
     <t>BR,PT</t>
   </si>
@@ -875,70 +875,70 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B26"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="27" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="24" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>33</v>
       </c>
       <c r="B2" t="s">
-        <v>1</v>
+        <v>34</v>
       </c>
     </row>
     <row r="3" spans="1:2">
+      <c r="A3" t="s">
+        <v>35</v>
+      </c>
       <c r="B3" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="B4" t="s">
-        <v>36</v>
+        <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:2">
-      <c r="A5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B5" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>39</v>
       </c>
       <c r="B6" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>41</v>
       </c>
       <c r="B7" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
         <v>43</v>
       </c>
       <c r="B8" t="s">