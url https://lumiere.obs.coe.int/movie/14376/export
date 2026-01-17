--- v0 (2025-12-07)
+++ v1 (2026-01-17)
@@ -190,180 +190,180 @@
   <si>
     <t>Indipendenti Regionali</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>Universal</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>ANF</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>IR</t>
+  </si>
+  <si>
+    <t>Koshtan-e morgh-e moghaled</t>
+  </si>
+  <si>
+    <t>Sa ucizi o pasare cantatoare</t>
+  </si>
+  <si>
+    <t>Skies kai siopi</t>
+  </si>
+  <si>
+    <t>Spaar de spotvogel</t>
+  </si>
+  <si>
     <t>PL</t>
   </si>
   <si>
+    <t>Zabic drozda</t>
+  </si>
+  <si>
+    <t>UA</t>
+  </si>
+  <si>
+    <t>Вбити пересмiшника</t>
+  </si>
+  <si>
+    <t>VN</t>
+  </si>
+  <si>
+    <t>Giet Con Chim Nhai</t>
+  </si>
+  <si>
+    <t>FI</t>
+  </si>
+  <si>
+    <t>Kuin surmaisi satakielen</t>
+  </si>
+  <si>
+    <t>Du silence et des ombres...</t>
+  </si>
+  <si>
+    <t>AU,CA,GB,HK,KR,SG,US</t>
+  </si>
+  <si>
+    <t>Σκιές και σιωπή</t>
+  </si>
+  <si>
+    <t>AR,ES,MX</t>
+  </si>
+  <si>
+    <t>Matar a un ruiseñor</t>
+  </si>
+  <si>
+    <t>AT,DE</t>
+  </si>
+  <si>
+    <t>Wer die Nachtigall stört</t>
+  </si>
+  <si>
+    <t>BE</t>
+  </si>
+  <si>
+    <t>De onbekende in de schaduw</t>
+  </si>
+  <si>
+    <t>BR</t>
+  </si>
+  <si>
+    <t>O Sol é para Todos</t>
+  </si>
+  <si>
+    <t>CN</t>
+  </si>
+  <si>
+    <t>杀死一只知更鸟</t>
+  </si>
+  <si>
+    <t>CZ</t>
+  </si>
+  <si>
+    <t>Jako zabít ptáčka</t>
+  </si>
+  <si>
+    <t>DK</t>
+  </si>
+  <si>
+    <t>Dræb ikke en sangfugl</t>
+  </si>
+  <si>
+    <t>Matar un ruiseñor</t>
+  </si>
+  <si>
+    <t>HU</t>
+  </si>
+  <si>
+    <t>Ne bántsátok a feketerigót!</t>
+  </si>
+  <si>
+    <t>Il buio oltre la siepe</t>
+  </si>
+  <si>
+    <t>JP</t>
+  </si>
+  <si>
+    <t>Arabama monogatari</t>
+  </si>
+  <si>
+    <t>LT</t>
+  </si>
+  <si>
+    <t>Nežudyk strazdo giesmininko</t>
+  </si>
+  <si>
+    <t>MX</t>
+  </si>
+  <si>
+    <t>¿Cómo matar a un ruiseñor?</t>
+  </si>
+  <si>
+    <t>Spaar de spotvogels</t>
+  </si>
+  <si>
+    <t>NO</t>
+  </si>
+  <si>
+    <t>Drep ikke en sangfugl</t>
+  </si>
+  <si>
     <t>Zabić drozda</t>
-  </si>
-[...124 lines deleted...]
-    <t>Drep ikke en sangfugl</t>
   </si>
   <si>
     <t>Na Sombra e no Silêncio</t>
   </si>
   <si>
     <t>Să ucizi o pasăre cântătoare</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Убити птицу ругалицу</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>Skuggor över södern</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Ubiti ptico oponašalko</t>
   </si>
@@ -1418,251 +1418,251 @@
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="21.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="36.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>58</v>
       </c>
       <c r="B2" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
+        <v>54</v>
+      </c>
+      <c r="B3" t="s">
         <v>60</v>
-      </c>
-[...1 lines deleted...]
-        <v>61</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
-        <v>54</v>
+        <v>47</v>
       </c>
       <c r="B4" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="B5" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
-        <v>51</v>
+        <v>63</v>
       </c>
       <c r="B6" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
-        <v>58</v>
+        <v>65</v>
       </c>
       <c r="B7" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="B8" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="B9" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
-        <v>70</v>
+        <v>43</v>
       </c>
       <c r="B10" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
-        <v>43</v>
+        <v>72</v>
       </c>
       <c r="B11" t="s">
-        <v>72</v>
+        <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
+        <v>47</v>
+      </c>
+      <c r="B12" t="s">
         <v>73</v>
-      </c>
-[...1 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
-        <v>47</v>
+        <v>74</v>
       </c>
       <c r="B13" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="B14" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="B15" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="B16" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B17" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="B18" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="B19" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" t="s">
-        <v>87</v>
+        <v>41</v>
       </c>
       <c r="B20" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" t="s">
-        <v>41</v>
+        <v>89</v>
       </c>
       <c r="B21" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" t="s">
-        <v>90</v>
+        <v>49</v>
       </c>
       <c r="B22" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="23" spans="1:2">
       <c r="A23" t="s">
-        <v>49</v>
+        <v>92</v>
       </c>
       <c r="B23" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
     </row>
     <row r="24" spans="1:2">
       <c r="A24" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="B24" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
     </row>
     <row r="25" spans="1:2">
       <c r="A25" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="B25" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
     </row>
     <row r="26" spans="1:2">
       <c r="A26" t="s">
-        <v>97</v>
+        <v>51</v>
       </c>
       <c r="B26" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="27" spans="1:2">
       <c r="A27" t="s">
-        <v>51</v>
+        <v>99</v>
       </c>
       <c r="B27" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
     </row>
     <row r="28" spans="1:2">
       <c r="A28" t="s">
-        <v>100</v>
+        <v>63</v>
       </c>
       <c r="B28" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="29" spans="1:2">
       <c r="A29" t="s">
         <v>53</v>
       </c>
       <c r="B29" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="30" spans="1:2">
       <c r="A30" t="s">
         <v>54</v>
       </c>
       <c r="B30" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="31" spans="1:2">
       <c r="A31" t="s">
         <v>104</v>
       </c>
@@ -1674,99 +1674,99 @@
       <c r="A32" t="s">
         <v>106</v>
       </c>
       <c r="B32" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="33" spans="1:2">
       <c r="A33" t="s">
         <v>108</v>
       </c>
       <c r="B33" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="34" spans="1:2">
       <c r="A34" t="s">
         <v>110</v>
       </c>
       <c r="B34" t="s">
         <v>111</v>
       </c>
     </row>
     <row r="35" spans="1:2">
       <c r="A35" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="B35" t="s">
         <v>112</v>
       </c>
     </row>
     <row r="36" spans="1:2">
       <c r="A36" t="s">
         <v>113</v>
       </c>
       <c r="B36" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="37" spans="1:2">
       <c r="A37" t="s">
         <v>115</v>
       </c>
       <c r="B37" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="38" spans="1:2">
       <c r="A38" t="s">
         <v>117</v>
       </c>
       <c r="B38" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="39" spans="1:2">
       <c r="A39" t="s">
         <v>119</v>
       </c>
       <c r="B39" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="40" spans="1:2">
       <c r="A40" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="B40" t="s">
         <v>121</v>
       </c>
     </row>
     <row r="41" spans="1:2">
       <c r="A41" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="B41" t="s">
         <v>122</v>
       </c>
     </row>
     <row r="42" spans="1:2">
       <c r="A42" t="s">
         <v>123</v>
       </c>
       <c r="B42" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="43" spans="1:2">
       <c r="A43" t="s">
         <v>125</v>
       </c>
       <c r="B43" t="s">
         <v>126</v>
       </c>
     </row>
     <row r="44" spans="1:2">
       <c r="A44" t="s">
         <v>125</v>
       </c>