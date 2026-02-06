--- v0 (2025-12-06)
+++ v1 (2026-02-06)
@@ -91,69 +91,69 @@
   <si>
     <t>Market</t>
   </si>
   <si>
     <t>Distributor</t>
   </si>
   <si>
     <t>Release date</t>
   </si>
   <si>
     <t>Total since 1997</t>
   </si>
   <si>
     <t>1997</t>
   </si>
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>Numero Diecisiete</t>
+  </si>
+  <si>
+    <t>PL</t>
+  </si>
+  <si>
+    <t>Numer siedemnascie</t>
+  </si>
+  <si>
+    <t>AR,VE</t>
+  </si>
+  <si>
+    <t>Número 17</t>
+  </si>
+  <si>
     <t>BG</t>
   </si>
   <si>
     <t>Номер 17</t>
-  </si>
-[...13 lines deleted...]
-    <t>Número 17</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>O Mistério do Número 17</t>
   </si>
   <si>
     <t>CA,US</t>
   </si>
   <si>
     <t>Number 17</t>
   </si>
   <si>
     <t>CA,FR</t>
   </si>
   <si>
     <t>Numéro 17</t>
   </si>
   <si>
     <t>DE</t>
   </si>
   <si>
     <t>Nummer siebzehn</t>
   </si>
@@ -760,65 +760,65 @@
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B25"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="26.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
+        <v>6</v>
+      </c>
+      <c r="B2" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="3" spans="1:2">
+      <c r="B3" t="s">
         <v>25</v>
       </c>
-      <c r="B2" t="s">
+    </row>
+    <row r="4" spans="1:2">
+      <c r="A4" t="s">
         <v>26</v>
       </c>
-    </row>
-[...8 lines deleted...]
-    <row r="4" spans="1:2">
       <c r="B4" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>28</v>
       </c>
       <c r="B5" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>30</v>
       </c>
       <c r="B6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>32</v>
       </c>
       <c r="B7" t="s">
@@ -901,51 +901,51 @@
       <c r="A17" t="s">
         <v>48</v>
       </c>
       <c r="B17" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
         <v>51</v>
       </c>
       <c r="B18" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
         <v>53</v>
       </c>
       <c r="B19" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="B20" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" t="s">
         <v>56</v>
       </c>
       <c r="B21" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" t="s">
         <v>58</v>
       </c>
       <c r="B22" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="23" spans="1:2">
       <c r="A23" t="s">
         <v>60</v>
       </c>