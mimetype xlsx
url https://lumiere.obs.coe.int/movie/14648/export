--- v0 (2025-11-20)
+++ v1 (2025-12-13)
@@ -163,144 +163,144 @@
   <si>
     <t>Warner Bros.</t>
   </si>
   <si>
     <t>GB_IE</t>
   </si>
   <si>
     <t>Version Digital</t>
   </si>
   <si>
     <t>IE</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>TR</t>
+  </si>
+  <si>
+    <t>Cadilar</t>
+  </si>
+  <si>
+    <t>PL</t>
+  </si>
+  <si>
+    <t>Wiedzmy</t>
+  </si>
+  <si>
+    <t>AU,CA,GB,US</t>
+  </si>
+  <si>
+    <t>PT</t>
+  </si>
+  <si>
+    <t>As Bruxas</t>
+  </si>
+  <si>
+    <t>RS</t>
+  </si>
+  <si>
+    <t>Veštice</t>
+  </si>
+  <si>
+    <t>AR,ES</t>
+  </si>
+  <si>
+    <t>La maldición de las brujas</t>
+  </si>
+  <si>
+    <t>BG</t>
+  </si>
+  <si>
+    <t>Вещиците</t>
+  </si>
+  <si>
+    <t>BR</t>
+  </si>
+  <si>
+    <t>Convenção das Bruxas</t>
+  </si>
+  <si>
+    <t>CA,FR</t>
+  </si>
+  <si>
+    <t>Les sorcières</t>
+  </si>
+  <si>
+    <t>CZ</t>
+  </si>
+  <si>
+    <t>Čarodějky</t>
+  </si>
+  <si>
+    <t>Čarodějnice</t>
+  </si>
+  <si>
+    <t>DE</t>
+  </si>
+  <si>
+    <t>Hexen hexen</t>
+  </si>
+  <si>
+    <t>DK,NO</t>
+  </si>
+  <si>
+    <t>Heksene</t>
+  </si>
+  <si>
+    <t>FI</t>
+  </si>
+  <si>
+    <t>Kuka pelkää noitia</t>
+  </si>
+  <si>
+    <t>GR</t>
+  </si>
+  <si>
+    <t>Oi magisses</t>
+  </si>
+  <si>
+    <t>HU</t>
+  </si>
+  <si>
+    <t>Boszorkányok</t>
+  </si>
+  <si>
     <t>IS</t>
   </si>
   <si>
     <t>Galdranornin</t>
-  </si>
-[...88 lines deleted...]
-    <t>Boszorkányok</t>
   </si>
   <si>
     <t>Chi ha paura delle streghe?</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>ジム・ヘンソンのウィッチズ/大魔女をやっつけろ!</t>
   </si>
   <si>
     <t>LT</t>
   </si>
   <si>
     <t>Raganos</t>
   </si>
   <si>
     <t>MX</t>
   </si>
   <si>
     <t>Las brujas</t>
   </si>
   <si>
     <t>De heksen</t>
   </si>
@@ -1303,59 +1303,59 @@
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>49</v>
       </c>
       <c r="B2" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
         <v>51</v>
       </c>
       <c r="B3" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
         <v>53</v>
       </c>
       <c r="B4" t="s">
-        <v>54</v>
+        <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
+        <v>54</v>
+      </c>
+      <c r="B5" t="s">
         <v>55</v>
-      </c>
-[...1 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>56</v>
       </c>
       <c r="B6" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>58</v>
       </c>
       <c r="B7" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
         <v>60</v>
       </c>
       <c r="B8" t="s">
         <v>61</v>
       </c>
@@ -1364,59 +1364,59 @@
       <c r="A9" t="s">
         <v>62</v>
       </c>
       <c r="B9" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
         <v>64</v>
       </c>
       <c r="B10" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
         <v>66</v>
       </c>
       <c r="B11" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
+        <v>66</v>
+      </c>
+      <c r="B12" t="s">
         <v>68</v>
-      </c>
-[...1 lines deleted...]
-        <v>69</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="B13" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
         <v>71</v>
       </c>
       <c r="B14" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
         <v>73</v>
       </c>
       <c r="B15" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
         <v>75</v>
       </c>
@@ -1460,91 +1460,91 @@
       <c r="A21" t="s">
         <v>84</v>
       </c>
       <c r="B21" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" t="s">
         <v>86</v>
       </c>
       <c r="B22" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="23" spans="1:2">
       <c r="A23" t="s">
         <v>46</v>
       </c>
       <c r="B23" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="24" spans="1:2">
       <c r="A24" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="B24" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="25" spans="1:2">
       <c r="A25" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="B25" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="26" spans="1:2">
       <c r="A26" t="s">
         <v>91</v>
       </c>
       <c r="B26" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="27" spans="1:2">
       <c r="A27" t="s">
         <v>93</v>
       </c>
       <c r="B27" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="28" spans="1:2">
       <c r="A28" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="B28" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="29" spans="1:2">
       <c r="A29" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="B29" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="30" spans="1:2">
       <c r="A30" t="s">
         <v>97</v>
       </c>
       <c r="B30" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="31" spans="1:2">
       <c r="A31" t="s">
         <v>99</v>
       </c>
       <c r="B31" t="s">
         <v>100</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>