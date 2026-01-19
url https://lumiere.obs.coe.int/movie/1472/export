--- v0 (2025-12-10)
+++ v1 (2026-01-19)
@@ -160,69 +160,69 @@
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>Films sans Frontières</t>
   </si>
   <si>
     <t>Indipendenti Regionali</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>ABC Cinemien</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>CA,FI,IT</t>
+  </si>
+  <si>
+    <t>PL</t>
+  </si>
+  <si>
+    <t>Opetanie</t>
+  </si>
+  <si>
     <t>CA,GB,US</t>
   </si>
   <si>
     <t>Obsession</t>
   </si>
   <si>
     <t>AR,ES,MX</t>
   </si>
   <si>
     <t>Obsesión</t>
-  </si>
-[...7 lines deleted...]
-    <t>CA,FI,IT</t>
   </si>
   <si>
     <t>BG</t>
   </si>
   <si>
     <t>Натрапчивост</t>
   </si>
   <si>
     <t>BR,PT</t>
   </si>
   <si>
     <t>Obsessão</t>
   </si>
   <si>
     <t>DE</t>
   </si>
   <si>
     <t>Ossessione - Von Liebe besessen</t>
   </si>
   <si>
     <t>DK</t>
   </si>
   <si>
     <t>Besættelse</t>
   </si>
@@ -1132,75 +1132,75 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B26"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="33" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>48</v>
       </c>
       <c r="B2" t="s">
-        <v>49</v>
+        <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
+        <v>49</v>
+      </c>
+      <c r="B3" t="s">
         <v>50</v>
-      </c>
-[...1 lines deleted...]
-        <v>51</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
+        <v>51</v>
+      </c>
+      <c r="B4" t="s">
         <v>52</v>
-      </c>
-[...1 lines deleted...]
-        <v>53</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
+        <v>53</v>
+      </c>
+      <c r="B5" t="s">
         <v>54</v>
-      </c>
-[...1 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>55</v>
       </c>
       <c r="B6" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>57</v>
       </c>
       <c r="B7" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
         <v>59</v>
       </c>
       <c r="B8" t="s">
         <v>60</v>
       </c>
@@ -1281,51 +1281,51 @@
       <c r="A18" t="s">
         <v>75</v>
       </c>
       <c r="B18" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
         <v>78</v>
       </c>
       <c r="B19" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" t="s">
         <v>80</v>
       </c>
       <c r="B20" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="B21" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" t="s">
         <v>83</v>
       </c>
       <c r="B22" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="23" spans="1:2">
       <c r="A23" t="s">
         <v>85</v>
       </c>
       <c r="B23" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="24" spans="1:2">
       <c r="B24" t="s">
         <v>87</v>
       </c>