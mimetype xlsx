--- v0 (2025-12-12)
+++ v1 (2026-01-21)
@@ -118,57 +118,57 @@
   <si>
     <t>2010</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>CH</t>
   </si>
   <si>
     <t>20th Century Fox</t>
   </si>
   <si>
     <t>IE</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>RS</t>
+  </si>
+  <si>
+    <t>Zaluđenici</t>
+  </si>
+  <si>
     <t>AU,CA,DE,GB,GR,NL,SE,US</t>
-  </si>
-[...4 lines deleted...]
-    <t>Zaluđenici</t>
   </si>
   <si>
     <t>AR,ES,MX</t>
   </si>
   <si>
     <t>Cabezas huecas</t>
   </si>
   <si>
     <t>BG</t>
   </si>
   <si>
     <t>Въздухари</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>Os Cabeça-de-Vento</t>
   </si>
   <si>
     <t>CA,FR</t>
   </si>
   <si>
     <t>Radio Rebels</t>
   </si>
@@ -861,59 +861,59 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B19"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="23.7109375" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="28.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>34</v>
       </c>
       <c r="B2" t="s">
-        <v>1</v>
+        <v>35</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B3" t="s">
-        <v>36</v>
+        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
         <v>37</v>
       </c>
       <c r="B4" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>39</v>
       </c>
       <c r="B5" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>41</v>
       </c>
       <c r="B6" t="s">
         <v>42</v>
       </c>
@@ -986,51 +986,51 @@
       <c r="A15" t="s">
         <v>57</v>
       </c>
       <c r="B15" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
         <v>59</v>
       </c>
       <c r="B16" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
         <v>61</v>
       </c>
       <c r="B17" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="B18" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
         <v>64</v>
       </c>
       <c r="B19" t="s">
         <v>65</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">