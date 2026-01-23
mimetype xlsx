--- v0 (2025-12-12)
+++ v1 (2026-01-23)
@@ -145,75 +145,75 @@
   <si>
     <t>CZ</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>MK2</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>ANF</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>TR</t>
+  </si>
+  <si>
+    <t>PL</t>
+  </si>
+  <si>
+    <t>Dab</t>
+  </si>
+  <si>
+    <t>GR</t>
+  </si>
+  <si>
+    <t>I velanidia</t>
+  </si>
+  <si>
+    <t>AR</t>
+  </si>
+  <si>
+    <t>El roble</t>
+  </si>
+  <si>
     <t>BR</t>
   </si>
   <si>
     <t>O Carvalho</t>
-  </si>
-[...19 lines deleted...]
-    <t>El roble</t>
   </si>
   <si>
     <t>DE</t>
   </si>
   <si>
     <t>Baum der Hoffnung</t>
   </si>
   <si>
     <t>Le chêne</t>
   </si>
   <si>
     <t>HU</t>
   </si>
   <si>
     <t>A tölgy</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>La bilancia</t>
   </si>
   <si>
     <t>Η βελανιδιά</t>
   </si>
@@ -1016,59 +1016,59 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B16"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="18.140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>43</v>
       </c>
       <c r="B2" t="s">
-        <v>44</v>
+        <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
+        <v>44</v>
+      </c>
+      <c r="B3" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
         <v>46</v>
       </c>
       <c r="B4" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>48</v>
       </c>
       <c r="B5" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>50</v>
       </c>
       <c r="B6" t="s">
         <v>51</v>
       </c>
@@ -1085,59 +1085,59 @@
       <c r="A8" t="s">
         <v>36</v>
       </c>
       <c r="B8" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
         <v>55</v>
       </c>
       <c r="B9" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
         <v>57</v>
       </c>
       <c r="B10" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="B11" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="B12" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
         <v>39</v>
       </c>
       <c r="B13" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
         <v>62</v>
       </c>
       <c r="B14" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
         <v>64</v>
       </c>