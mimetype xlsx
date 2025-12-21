--- v0 (2025-11-27)
+++ v1 (2025-12-21)
@@ -142,78 +142,78 @@
   <si>
     <t>HU</t>
   </si>
   <si>
     <t>IE</t>
   </si>
   <si>
     <t>Sony</t>
   </si>
   <si>
     <t>NO</t>
   </si>
   <si>
     <t>Sandrew Metronome</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>GR</t>
+  </si>
+  <si>
+    <t>Ράμπο III</t>
+  </si>
+  <si>
+    <t>Ράμπο Νο 3</t>
+  </si>
+  <si>
+    <t>AU,BR,CA,CZ,DK,ES,FR,GB,GR,HK,HR,IT,MX,NL,NO,PT,RS,SE,SG,US</t>
+  </si>
+  <si>
+    <t>FI</t>
+  </si>
+  <si>
+    <t>Rambo 3 - Taistelija</t>
+  </si>
+  <si>
+    <t>BG</t>
+  </si>
+  <si>
+    <t>Рамбо III</t>
+  </si>
+  <si>
     <t>CZ,PL,SK,TR</t>
   </si>
   <si>
     <t>Rambo 3</t>
-  </si>
-[...22 lines deleted...]
-    <t>Рамбо III</t>
   </si>
   <si>
     <t>Rambo - krigaren 3</t>
   </si>
   <si>
     <t>Rambo III - taistelija</t>
   </si>
   <si>
     <t>Rambo - taistelija 3</t>
   </si>
   <si>
     <t>Rambo No 3</t>
   </si>
   <si>
     <t>Rambo 3.</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>ランボー3 怒りのアフガン</t>
   </si>
   <si>
     <t>Rambo 3/Ikari no Afugan</t>
   </si>
@@ -958,115 +958,115 @@
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="58" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="22.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>42</v>
       </c>
       <c r="B2" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
+        <v>42</v>
+      </c>
+      <c r="B3" t="s">
         <v>44</v>
-      </c>
-[...1 lines deleted...]
-        <v>45</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B4" t="s">
-        <v>46</v>
+        <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
+        <v>46</v>
+      </c>
+      <c r="B5" t="s">
         <v>47</v>
-      </c>
-[...1 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>48</v>
       </c>
       <c r="B6" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>50</v>
       </c>
       <c r="B7" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="B8" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="B9" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="B10" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="B11" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
         <v>34</v>
       </c>
       <c r="B12" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
         <v>57</v>
       </c>
       <c r="B13" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
         <v>57</v>
       </c>