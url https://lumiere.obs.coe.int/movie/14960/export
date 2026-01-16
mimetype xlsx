--- v0 (2025-12-19)
+++ v1 (2026-01-16)
@@ -85,75 +85,75 @@
   <si>
     <t>Market</t>
   </si>
   <si>
     <t>Distributor</t>
   </si>
   <si>
     <t>Release date</t>
   </si>
   <si>
     <t>Total since 1996</t>
   </si>
   <si>
     <t>1996</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>DE,GB,US</t>
+  </si>
+  <si>
+    <t>BG</t>
+  </si>
+  <si>
+    <t>Нулево равенство</t>
+  </si>
+  <si>
+    <t>BR</t>
+  </si>
+  <si>
+    <t>Tolerância Zero</t>
+  </si>
+  <si>
+    <t>CA</t>
+  </si>
+  <si>
+    <t>Zéro tolérance</t>
+  </si>
+  <si>
     <t>ES</t>
   </si>
   <si>
     <t>Sin piedad</t>
-  </si>
-[...19 lines deleted...]
-    <t>Zéro tolérance</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>Dans la ligne de feu</t>
   </si>
   <si>
     <t>HU</t>
   </si>
   <si>
     <t>Tűréshatár</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>Un lungo weekend di paura</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>ラスト・ターゲット 沈黙の復讐</t>
   </si>
@@ -706,59 +706,59 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B15"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="25.140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>23</v>
       </c>
       <c r="B2" t="s">
-        <v>24</v>
+        <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
+        <v>24</v>
+      </c>
+      <c r="B3" t="s">
         <v>25</v>
-      </c>
-[...1 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
         <v>26</v>
       </c>
       <c r="B4" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>28</v>
       </c>
       <c r="B5" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>30</v>
       </c>
       <c r="B6" t="s">
         <v>31</v>
       </c>