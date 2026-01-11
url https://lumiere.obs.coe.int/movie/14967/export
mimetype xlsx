--- v0 (2025-11-29)
+++ v1 (2026-01-11)
@@ -214,78 +214,78 @@
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>Eye Film Institute</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>Leopardo Filmes</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Kinoteka</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>AU,CA,DE,DK,FR,GB,IT,NL,SE,US</t>
+  </si>
+  <si>
+    <t>HR,LT,RS,SI</t>
+  </si>
+  <si>
+    <t>Nostalgija</t>
+  </si>
+  <si>
+    <t>AR,BR,ES,FI,GB,MX,PL,PT,RO,US</t>
+  </si>
+  <si>
+    <t>Nostalgia</t>
+  </si>
+  <si>
+    <t>BG</t>
+  </si>
+  <si>
+    <t>Носталгия</t>
+  </si>
+  <si>
+    <t>Nostalgie</t>
+  </si>
+  <si>
     <t>HU</t>
   </si>
   <si>
     <t>Nosztalgia</t>
-  </si>
-[...22 lines deleted...]
-    <t>Nostalgie</t>
   </si>
   <si>
     <t>Viaggio in Italia</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>ノスタルジア</t>
   </si>
   <si>
     <t>GR</t>
   </si>
   <si>
     <t>Νοσταλγία</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Nostalji</t>
   </si>
   <si>
     <t>Ностальгия</t>
   </si>
@@ -1458,88 +1458,88 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B14"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="28.7109375" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="14.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>66</v>
       </c>
       <c r="B2" t="s">
-        <v>67</v>
+        <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
+        <v>67</v>
+      </c>
+      <c r="B3" t="s">
         <v>68</v>
-      </c>
-[...1 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
         <v>69</v>
       </c>
       <c r="B4" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>71</v>
       </c>
       <c r="B5" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
+        <v>47</v>
+      </c>
+      <c r="B6" t="s">
         <v>73</v>
-      </c>
-[...1 lines deleted...]
-        <v>74</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
-        <v>47</v>
+        <v>74</v>
       </c>
       <c r="B7" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
         <v>54</v>
       </c>
       <c r="B8" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
         <v>77</v>
       </c>
       <c r="B9" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
         <v>79</v>
       </c>