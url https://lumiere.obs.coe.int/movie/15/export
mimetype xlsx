--- v0 (2025-11-21)
+++ v1 (2026-01-07)
@@ -289,50 +289,53 @@
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>SF Bio</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>ASFK</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>Vilcienvakte</t>
+  </si>
+  <si>
     <t>Trainspotting - Din Viata Scapa Cine Poate</t>
   </si>
   <si>
     <t>LT</t>
   </si>
   <si>
     <t>Traukiniu žymejimas</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Trejnspoting</t>
   </si>
   <si>
     <t>UA</t>
   </si>
   <si>
     <t>На голцi</t>
   </si>
   <si>
     <t>AR,AU,CA,CL,CZ,DK,ES,FI,FR,GB,GR,HK,HU,IE,IT,JP,KR,MX,NL,NO,NZ,PL,PT,SE,SG,SI,SK,TR,US</t>
   </si>
   <si>
     <t>Трейнспотинг</t>
@@ -344,53 +347,50 @@
     <t>Trainspotting: Sem Limites</t>
   </si>
   <si>
     <t>CA</t>
   </si>
   <si>
     <t>Ferrovipathes</t>
   </si>
   <si>
     <t>CL</t>
   </si>
   <si>
     <t>Trainspotting: Sin límites</t>
   </si>
   <si>
     <t>Trainspotting - Neue Helden</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>トレインスポッティング</t>
   </si>
   <si>
     <t>Traukinių žymėjimas</t>
-  </si>
-[...1 lines deleted...]
-    <t>Vilcienvakte</t>
   </si>
   <si>
     <t>MX</t>
   </si>
   <si>
     <t>La vida en el abismo</t>
   </si>
   <si>
     <t>Sin límites</t>
   </si>
   <si>
     <t>Trainspotting - Din viață scapă cine poate</t>
   </si>
   <si>
     <t>Трејнспотинг</t>
   </si>
   <si>
     <t>На голці</t>
   </si>
   <si>
     <t>CN</t>
   </si>
   <si>
     <t>猜火车</t>
   </si>
@@ -2521,187 +2521,187 @@
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B21"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="80.85546875" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="37.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
-        <v>82</v>
+        <v>76</v>
       </c>
       <c r="B2" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
+        <v>82</v>
+      </c>
+      <c r="B3" t="s">
         <v>92</v>
-      </c>
-[...1 lines deleted...]
-        <v>93</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
+        <v>93</v>
+      </c>
+      <c r="B4" t="s">
         <v>94</v>
-      </c>
-[...1 lines deleted...]
-        <v>95</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
+        <v>95</v>
+      </c>
+      <c r="B5" t="s">
         <v>96</v>
-      </c>
-[...1 lines deleted...]
-        <v>97</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
+        <v>97</v>
+      </c>
+      <c r="B6" t="s">
         <v>98</v>
-      </c>
-[...1 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
-        <v>54</v>
+        <v>99</v>
       </c>
       <c r="B7" t="s">
-        <v>99</v>
+        <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
+        <v>54</v>
+      </c>
+      <c r="B8" t="s">
         <v>100</v>
-      </c>
-[...1 lines deleted...]
-        <v>101</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
+        <v>101</v>
+      </c>
+      <c r="B9" t="s">
         <v>102</v>
-      </c>
-[...1 lines deleted...]
-        <v>103</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
+        <v>103</v>
+      </c>
+      <c r="B10" t="s">
         <v>104</v>
-      </c>
-[...1 lines deleted...]
-        <v>105</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
-        <v>59</v>
+        <v>105</v>
       </c>
       <c r="B11" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
+        <v>59</v>
+      </c>
+      <c r="B12" t="s">
         <v>107</v>
-      </c>
-[...1 lines deleted...]
-        <v>108</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
-        <v>92</v>
+        <v>108</v>
       </c>
       <c r="B13" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
-        <v>76</v>
+        <v>93</v>
       </c>
       <c r="B14" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
         <v>111</v>
       </c>
       <c r="B15" t="s">
         <v>112</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
         <v>111</v>
       </c>
       <c r="B16" t="s">
         <v>113</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
         <v>82</v>
       </c>
       <c r="B17" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="B18" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="B19" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" t="s">
         <v>117</v>
       </c>
       <c r="B20" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" t="s">
         <v>119</v>
       </c>
       <c r="B21" t="s">
         <v>120</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>