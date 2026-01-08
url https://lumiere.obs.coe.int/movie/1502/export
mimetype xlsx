--- v0 (2025-11-22)
+++ v1 (2026-01-08)
@@ -292,50 +292,59 @@
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>Nonstop Entertainment</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>ASFK</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>BS Dağıtım</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>EE</t>
+  </si>
+  <si>
+    <t>Magus elu</t>
+  </si>
+  <si>
+    <t>Ihana elämä</t>
+  </si>
+  <si>
     <t>US</t>
   </si>
   <si>
     <t>Boredom</t>
   </si>
   <si>
     <t>UA</t>
   </si>
   <si>
     <t>Солодке життя</t>
   </si>
   <si>
     <t>Glykia zoi</t>
   </si>
   <si>
     <t>Slodkie zycie</t>
   </si>
   <si>
     <t>Tatli hayat</t>
   </si>
   <si>
     <t>Sladky život</t>
   </si>
   <si>
     <t>Sladký život</t>
@@ -344,59 +353,50 @@
     <t>AR,AU,CA,ES,FR,GB,IT,MX,NL,RO</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>Het zoete leven</t>
   </si>
   <si>
     <t>BR,PT</t>
   </si>
   <si>
     <t>A Doce Vida</t>
   </si>
   <si>
     <t>Sladký zivot</t>
   </si>
   <si>
     <t>Das süße Leben</t>
   </si>
   <si>
     <t>DK</t>
   </si>
   <si>
     <t>Det søde liv</t>
-  </si>
-[...7 lines deleted...]
-    <t>Ihana elämä</t>
   </si>
   <si>
     <t>La douceur de vivre</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>La dolce vita - Tkbili Tskhovreba</t>
   </si>
   <si>
     <t>Dolce vita</t>
   </si>
   <si>
     <t>HR</t>
   </si>
   <si>
     <t>Slatki život</t>
   </si>
   <si>
     <t>Az édes élet</t>
   </si>
   <si>
     <t>JP</t>
   </si>
@@ -2408,149 +2408,149 @@
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="29.42578125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="28.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>92</v>
       </c>
       <c r="B2" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
+        <v>60</v>
+      </c>
+      <c r="B3" t="s">
         <v>94</v>
-      </c>
-[...1 lines deleted...]
-        <v>95</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
-        <v>67</v>
+        <v>95</v>
       </c>
       <c r="B4" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
-        <v>79</v>
+        <v>97</v>
       </c>
       <c r="B5" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
+        <v>67</v>
+      </c>
+      <c r="B6" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="7" spans="1:2">
+      <c r="A7" t="s">
+        <v>79</v>
+      </c>
+      <c r="B7" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="8" spans="1:2">
+      <c r="A8" t="s">
         <v>88</v>
       </c>
-      <c r="B6" t="s">
-[...8 lines deleted...]
-    <row r="8" spans="1:2">
       <c r="B8" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
     </row>
     <row r="9" spans="1:2">
-      <c r="A9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B9" t="s">
-        <v>1</v>
+        <v>102</v>
       </c>
     </row>
     <row r="10" spans="1:2">
-      <c r="A10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B10" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
         <v>104</v>
       </c>
       <c r="B11" t="s">
-        <v>105</v>
+        <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
-        <v>54</v>
+        <v>105</v>
       </c>
       <c r="B12" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
-        <v>56</v>
+        <v>107</v>
       </c>
       <c r="B13" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
-        <v>108</v>
+        <v>54</v>
       </c>
       <c r="B14" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
+        <v>56</v>
+      </c>
+      <c r="B15" t="s">
         <v>110</v>
-      </c>
-[...1 lines deleted...]
-        <v>111</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
-        <v>60</v>
+        <v>111</v>
       </c>
       <c r="B16" t="s">
         <v>112</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
         <v>62</v>
       </c>
       <c r="B17" t="s">
         <v>113</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
         <v>114</v>
       </c>
       <c r="B18" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
         <v>67</v>
       </c>
@@ -2687,59 +2687,59 @@
       <c r="A36" t="s">
         <v>120</v>
       </c>
       <c r="B36" t="s">
         <v>143</v>
       </c>
     </row>
     <row r="37" spans="1:2">
       <c r="A37" t="s">
         <v>88</v>
       </c>
       <c r="B37" t="s">
         <v>144</v>
       </c>
     </row>
     <row r="38" spans="1:2">
       <c r="A38" t="s">
         <v>67</v>
       </c>
       <c r="B38" t="s">
         <v>145</v>
       </c>
     </row>
     <row r="39" spans="1:2">
       <c r="A39" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="B39" t="s">
         <v>146</v>
       </c>
     </row>
     <row r="40" spans="1:2">
       <c r="A40" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="B40" t="s">
         <v>147</v>
       </c>
     </row>
     <row r="41" spans="1:2">
       <c r="A41" t="s">
         <v>148</v>
       </c>
       <c r="B41" t="s">
         <v>149</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">