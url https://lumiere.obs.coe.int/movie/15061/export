--- v0 (2025-12-25)
+++ v1 (2026-01-14)
@@ -220,93 +220,93 @@
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>Risi Film</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>ANF</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>Nonstop Entertainment</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>CA,GB,US</t>
+  </si>
+  <si>
+    <t>GR</t>
+  </si>
+  <si>
+    <t>Oi vitellonoi</t>
+  </si>
+  <si>
+    <t>PL</t>
+  </si>
+  <si>
+    <t>Walkonie</t>
+  </si>
+  <si>
+    <t>BE,FR</t>
+  </si>
+  <si>
+    <t>Les inutiles</t>
+  </si>
+  <si>
+    <t>BG</t>
+  </si>
+  <si>
+    <t>Мамините синчета</t>
+  </si>
+  <si>
+    <t>AU,CA,IT</t>
+  </si>
+  <si>
+    <t>I vitelloni</t>
+  </si>
+  <si>
     <t>Els inútils</t>
   </si>
   <si>
     <t>Dagdrivarna</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>青春群像</t>
-  </si>
-[...31 lines deleted...]
-    <t>I vitelloni</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Aylaklar</t>
   </si>
   <si>
     <t>Los inutiles</t>
   </si>
   <si>
     <t>AR,ES,MX</t>
   </si>
   <si>
     <t>Los inútiles</t>
   </si>
   <si>
     <t>AT</t>
   </si>
   <si>
     <t>Die Müßiggänger</t>
   </si>
   <si>
     <t>BR</t>
   </si>
@@ -1617,107 +1617,107 @@
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B35"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="27.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
-        <v>47</v>
+        <v>68</v>
       </c>
       <c r="B2" t="s">
-        <v>68</v>
+        <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
-        <v>49</v>
+        <v>69</v>
       </c>
       <c r="B3" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="B4" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="B5" t="s">
-        <v>1</v>
+        <v>74</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="B6" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="B7" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
-        <v>77</v>
+        <v>47</v>
       </c>
       <c r="B8" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
-        <v>79</v>
+        <v>49</v>
       </c>
       <c r="B9" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
         <v>81</v>
       </c>
       <c r="B10" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
         <v>83</v>
       </c>
       <c r="B11" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="B12" t="s">
         <v>85</v>
       </c>
@@ -1790,51 +1790,51 @@
       <c r="A21" t="s">
         <v>99</v>
       </c>
       <c r="B21" t="s">
         <v>100</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" t="s">
         <v>101</v>
       </c>
       <c r="B22" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="23" spans="1:2">
       <c r="A23" t="s">
         <v>103</v>
       </c>
       <c r="B23" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="24" spans="1:2">
       <c r="A24" t="s">
-        <v>75</v>
+        <v>71</v>
       </c>
       <c r="B24" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="25" spans="1:2">
       <c r="A25" t="s">
         <v>60</v>
       </c>
       <c r="B25" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="26" spans="1:2">
       <c r="A26" t="s">
         <v>107</v>
       </c>
       <c r="B26" t="s">
         <v>108</v>
       </c>
     </row>
     <row r="27" spans="1:2">
       <c r="A27" t="s">
         <v>64</v>
       </c>
@@ -1848,51 +1848,51 @@
       </c>
       <c r="B28" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="29" spans="1:2">
       <c r="A29" t="s">
         <v>111</v>
       </c>
       <c r="B29" t="s">
         <v>112</v>
       </c>
     </row>
     <row r="30" spans="1:2">
       <c r="B30" t="s">
         <v>113</v>
       </c>
     </row>
     <row r="31" spans="1:2">
       <c r="B31" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="32" spans="1:2">
       <c r="A32" t="s">
-        <v>73</v>
+        <v>69</v>
       </c>
       <c r="B32" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="33" spans="1:2">
       <c r="A33" t="s">
         <v>116</v>
       </c>
       <c r="B33" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="34" spans="1:2">
       <c r="A34" t="s">
         <v>52</v>
       </c>
       <c r="B34" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="35" spans="1:2">
       <c r="B35" t="s">
         <v>119</v>
       </c>