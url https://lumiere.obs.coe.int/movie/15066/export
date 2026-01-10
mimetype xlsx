--- v0 (2025-12-15)
+++ v1 (2026-01-10)
@@ -136,87 +136,87 @@
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>Radio Films</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>Eye Film Institute</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>AU,IT</t>
+  </si>
+  <si>
+    <t>TR</t>
+  </si>
+  <si>
+    <t>Is</t>
+  </si>
+  <si>
+    <t>GR</t>
+  </si>
+  <si>
+    <t>I thesis</t>
+  </si>
+  <si>
+    <t>BG</t>
+  </si>
+  <si>
+    <t>Мястото</t>
+  </si>
+  <si>
+    <t>BR</t>
+  </si>
+  <si>
+    <t>O Posto</t>
+  </si>
+  <si>
+    <t>CA,FR</t>
+  </si>
+  <si>
+    <t>L'emploi</t>
+  </si>
+  <si>
     <t>DK</t>
   </si>
   <si>
     <t>Stillingen</t>
-  </si>
-[...31 lines deleted...]
-    <t>L'emploi</t>
   </si>
   <si>
     <t>El empleo</t>
   </si>
   <si>
     <t>FI</t>
   </si>
   <si>
     <t>Paikka nuorelle miehelle</t>
   </si>
   <si>
     <t>GB,US</t>
   </si>
   <si>
     <t>Il Posto</t>
   </si>
   <si>
     <t>HU</t>
   </si>
   <si>
     <t>Az állás</t>
   </si>
   <si>
     <t>Due fermate a piedi</t>
   </si>
@@ -995,59 +995,59 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B27"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="23.140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>40</v>
       </c>
       <c r="B2" t="s">
-        <v>41</v>
+        <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
+        <v>41</v>
+      </c>
+      <c r="B3" t="s">
         <v>42</v>
-      </c>
-[...1 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
         <v>43</v>
       </c>
       <c r="B4" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>45</v>
       </c>
       <c r="B5" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>47</v>
       </c>
       <c r="B6" t="s">
         <v>48</v>
       </c>
@@ -1128,79 +1128,79 @@
       <c r="A16" t="s">
         <v>65</v>
       </c>
       <c r="B16" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
         <v>67</v>
       </c>
       <c r="B17" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
         <v>69</v>
       </c>
       <c r="B18" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="B19" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="B20" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="B21" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="B22" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="23" spans="1:2">
       <c r="B23" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="24" spans="1:2">
       <c r="A24" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="B24" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="25" spans="1:2">
       <c r="A25" t="s">
         <v>77</v>
       </c>
       <c r="B25" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="26" spans="1:2">
       <c r="B26" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="27" spans="1:2">
       <c r="B27" t="s">
         <v>80</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>