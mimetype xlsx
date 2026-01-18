--- v0 (2025-12-08)
+++ v1 (2026-01-18)
@@ -130,63 +130,63 @@
   <si>
     <t>2019</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>Carlotta Films</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>CA,GB,US</t>
+  </si>
+  <si>
+    <t>PL</t>
+  </si>
+  <si>
+    <t>Mlody i niewinny</t>
+  </si>
+  <si>
     <t>GR</t>
   </si>
   <si>
     <t>Nea kai athoa</t>
-  </si>
-[...7 lines deleted...]
-    <t>CA,GB,US</t>
   </si>
   <si>
     <t>Neos kai athoos</t>
   </si>
   <si>
     <t>AR,ES,MX,VE</t>
   </si>
   <si>
     <t>Inocencia y juventud</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>Traqué</t>
   </si>
   <si>
     <t>Opgejaagd</t>
   </si>
   <si>
     <t>BG</t>
   </si>
   <si>
     <t>Млад и невинен</t>
   </si>
@@ -979,72 +979,72 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B33"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.28515625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="20.140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>38</v>
       </c>
       <c r="B2" t="s">
-        <v>39</v>
+        <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
+        <v>39</v>
+      </c>
+      <c r="B3" t="s">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>41</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
+        <v>41</v>
+      </c>
+      <c r="B4" t="s">
         <v>42</v>
-      </c>
-[...1 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="B5" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>44</v>
       </c>
       <c r="B6" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>46</v>
       </c>
       <c r="B7" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
         <v>46</v>
       </c>
@@ -1128,51 +1128,51 @@
       <c r="A18" t="s">
         <v>66</v>
       </c>
       <c r="B18" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
         <v>68</v>
       </c>
       <c r="B19" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" t="s">
         <v>70</v>
       </c>
       <c r="B20" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="B21" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" t="s">
         <v>73</v>
       </c>
       <c r="B22" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="23" spans="1:2">
       <c r="A23" t="s">
         <v>75</v>
       </c>
       <c r="B23" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="24" spans="1:2">
       <c r="A24" t="s">
         <v>75</v>
       </c>
@@ -1202,59 +1202,59 @@
       </c>
       <c r="B27" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="28" spans="1:2">
       <c r="B28" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="29" spans="1:2">
       <c r="B29" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="30" spans="1:2">
       <c r="A30" t="s">
         <v>86</v>
       </c>
       <c r="B30" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="31" spans="1:2">
       <c r="A31" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="B31" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="32" spans="1:2">
       <c r="A32" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="B32" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="33" spans="1:2">
       <c r="A33" t="s">
         <v>82</v>
       </c>
       <c r="B33" t="s">
         <v>90</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">