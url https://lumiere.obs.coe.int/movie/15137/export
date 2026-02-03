--- v0 (2025-11-14)
+++ v1 (2026-02-03)
@@ -178,75 +178,75 @@
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>BA,HR,RS</t>
+  </si>
+  <si>
+    <t>Ćelija</t>
+  </si>
+  <si>
+    <t>UA</t>
+  </si>
+  <si>
+    <t>Клiтка</t>
+  </si>
+  <si>
     <t>AU,CA,DE,DK,FI,FR,GB,KR,NL,SE,US</t>
   </si>
   <si>
     <t>LT</t>
   </si>
   <si>
     <t>Cele</t>
   </si>
   <si>
     <t>Conexiiune inversa</t>
   </si>
   <si>
     <t>La cellula</t>
-  </si>
-[...10 lines deleted...]
-    <t>Ćelija</t>
   </si>
   <si>
     <t>Клетката</t>
   </si>
   <si>
     <t>BR,PT</t>
   </si>
   <si>
     <t>A Cela</t>
   </si>
   <si>
     <t>CA</t>
   </si>
   <si>
     <t>La cellule</t>
   </si>
   <si>
     <t>CZ,PL</t>
   </si>
   <si>
     <t>Cela</t>
   </si>
   <si>
     <t>Püünis</t>
   </si>
@@ -1233,83 +1233,83 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B25"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="31.42578125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="18" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>54</v>
       </c>
       <c r="B2" t="s">
-        <v>1</v>
+        <v>55</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B3" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
     </row>
     <row r="4" spans="1:2">
+      <c r="A4" t="s">
+        <v>58</v>
+      </c>
       <c r="B4" t="s">
-        <v>57</v>
+        <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:2">
+      <c r="A5" t="s">
+        <v>59</v>
+      </c>
       <c r="B5" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
     </row>
     <row r="6" spans="1:2">
-      <c r="A6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B6" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
     </row>
     <row r="7" spans="1:2">
-      <c r="A7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B7" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
         <v>31</v>
       </c>
       <c r="B8" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
         <v>64</v>
       </c>
       <c r="B9" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
         <v>66</v>
       </c>
       <c r="B10" t="s">
@@ -1344,91 +1344,91 @@
       <c r="A14" t="s">
         <v>72</v>
       </c>
       <c r="B14" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
         <v>44</v>
       </c>
       <c r="B15" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
         <v>75</v>
       </c>
       <c r="B16" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="B17" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
         <v>78</v>
       </c>
       <c r="B18" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
         <v>49</v>
       </c>
       <c r="B19" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" t="s">
         <v>51</v>
       </c>
       <c r="B20" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" t="s">
         <v>82</v>
       </c>
       <c r="B21" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" t="s">
-        <v>59</v>
+        <v>56</v>
       </c>
       <c r="B22" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="23" spans="1:2">
       <c r="A23" t="s">
         <v>72</v>
       </c>
       <c r="B23" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="24" spans="1:2">
       <c r="A24" t="s">
         <v>86</v>
       </c>
       <c r="B24" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="25" spans="1:2">
       <c r="A25" t="s">
         <v>46</v>
       </c>