--- v0 (2025-11-21)
+++ v1 (2025-12-13)
@@ -178,54 +178,54 @@
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>Entertainment One</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>Hurrikan</t>
+  </si>
+  <si>
     <t>Huracan Carter</t>
-  </si>
-[...1 lines deleted...]
-    <t>Hurrikan</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Onaltinci raund</t>
   </si>
   <si>
     <t>AU,CA,DK,GB,NL,SE,US</t>
   </si>
   <si>
     <t>AR,MX</t>
   </si>
   <si>
     <t>Huracán</t>
   </si>
   <si>
     <t>AT,CA,DE</t>
   </si>
   <si>
     <t>Hurricane</t>
   </si>
   <si>
     <t>Урагана</t>
   </si>