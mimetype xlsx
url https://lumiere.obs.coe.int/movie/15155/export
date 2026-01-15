--- v0 (2025-12-26)
+++ v1 (2026-01-15)
@@ -151,99 +151,99 @@
   <si>
     <t>IS</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>GR</t>
+  </si>
+  <si>
+    <t>Foniki syhnotita</t>
+  </si>
+  <si>
+    <t>Fréquence interdite</t>
+  </si>
+  <si>
     <t>AU,CA,DE,ES,FI,GB,HK,HU,NL,US</t>
   </si>
   <si>
     <t>Il futuro è in ascolto</t>
   </si>
   <si>
     <t>UA</t>
   </si>
   <si>
     <t>Радiохвиля</t>
   </si>
   <si>
     <t>Пряко включване</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>Alta Frequência</t>
   </si>
   <si>
     <t>CA</t>
   </si>
   <si>
     <t>Fréquences</t>
   </si>
   <si>
     <t>Frekvence</t>
   </si>
   <si>
     <t>Livsfarlig frekvens</t>
   </si>
   <si>
     <t>Saatuslik side</t>
   </si>
   <si>
     <t>FI</t>
   </si>
   <si>
     <t>Frequency - yhteys kuolemaan</t>
-  </si>
-[...7 lines deleted...]
-    <t>Foniki syhnotita</t>
   </si>
   <si>
     <t>HR</t>
   </si>
   <si>
     <t>Prava frekvencija</t>
   </si>
   <si>
     <t>HU,SK</t>
   </si>
   <si>
     <t>Frekvencia</t>
   </si>
   <si>
     <t>Frequency - Il futuro è in ascolto</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>オーロラの彼方へ</t>
   </si>
   <si>
     <t>KR</t>
   </si>
@@ -1076,125 +1076,125 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B31"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="29" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="29.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>45</v>
       </c>
       <c r="B2" t="s">
-        <v>1</v>
+        <v>46</v>
       </c>
     </row>
     <row r="3" spans="1:2">
+      <c r="A3" t="s">
+        <v>34</v>
+      </c>
       <c r="B3" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="B4" t="s">
-        <v>48</v>
+        <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:2">
-      <c r="A5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B5" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>50</v>
       </c>
       <c r="B6" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
+        <v>27</v>
+      </c>
+      <c r="B7" t="s">
         <v>52</v>
-      </c>
-[...1 lines deleted...]
-        <v>53</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
-        <v>29</v>
+        <v>53</v>
       </c>
       <c r="B8" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
-        <v>31</v>
+        <v>55</v>
       </c>
       <c r="B9" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="B10" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
-        <v>57</v>
+        <v>31</v>
       </c>
       <c r="B11" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="B12" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
         <v>60</v>
       </c>
       <c r="B13" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
         <v>62</v>
       </c>
       <c r="B14" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
         <v>64</v>
       </c>
@@ -1294,59 +1294,59 @@
       <c r="A27" t="s">
         <v>42</v>
       </c>
       <c r="B27" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="28" spans="1:2">
       <c r="A28" t="s">
         <v>86</v>
       </c>
       <c r="B28" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="29" spans="1:2">
       <c r="A29" t="s">
         <v>88</v>
       </c>
       <c r="B29" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="30" spans="1:2">
       <c r="A30" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="B30" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="31" spans="1:2">
       <c r="A31" t="s">
-        <v>60</v>
+        <v>45</v>
       </c>
       <c r="B31" t="s">
         <v>91</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>