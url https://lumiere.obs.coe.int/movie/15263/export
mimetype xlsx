--- v0 (2025-12-16)
+++ v1 (2026-01-12)
@@ -148,50 +148,56 @@
   <si>
     <t>GB</t>
   </si>
   <si>
     <t>Metrodome</t>
   </si>
   <si>
     <t>GB_IE</t>
   </si>
   <si>
     <t>IE</t>
   </si>
   <si>
     <t>NO</t>
   </si>
   <si>
     <t>Independent</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>PL</t>
+  </si>
+  <si>
+    <t>Cheerleaderka</t>
+  </si>
+  <si>
     <t>AU,CA,FR,GB,NL,SE,SG,US</t>
   </si>
   <si>
     <t>Weil Ich ein Mädchen bin...</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>Escolinha do Babado</t>
   </si>
   <si>
     <t>Nunca Fui Santa</t>
   </si>
   <si>
     <t>Weil ich ein Mädchen bin</t>
   </si>
   <si>
     <t>DK</t>
   </si>
   <si>
     <t>I'm a Cheerleader</t>
   </si>
   <si>
     <t>FI</t>
@@ -200,56 +206,50 @@
     <t>Olen kunnon tyttö</t>
   </si>
   <si>
     <t>HU</t>
   </si>
   <si>
     <t>Mentsd meg a pom-pom lányt!</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>Gonne al bivio</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>Go！Go！チアーズ</t>
   </si>
   <si>
     <t>KR</t>
   </si>
   <si>
     <t>하지만 나는 치어리더예요</t>
-  </si>
-[...4 lines deleted...]
-    <t>Cheerleaderka</t>
   </si>
   <si>
     <t>Dziewczyna czy chlopak?</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Ali ja sam čirlidersica</t>
   </si>
   <si>
     <t>Make Me Over</t>
   </si>
   <si>
     <t>UA</t>
   </si>
   <si>
     <t>Я з групи підтримки</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Неисправимые</t>
   </si>
@@ -1059,85 +1059,85 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B18"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="23.42578125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="28.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>44</v>
       </c>
       <c r="B2" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="3" spans="1:2">
+      <c r="A3" t="s">
+        <v>46</v>
+      </c>
+      <c r="B3" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="3" spans="1:2">
-[...3 lines deleted...]
-    </row>
     <row r="4" spans="1:2">
-      <c r="A4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B4" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="B5" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
-        <v>34</v>
+        <v>48</v>
       </c>
       <c r="B6" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
-        <v>50</v>
+        <v>34</v>
       </c>
       <c r="B7" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
         <v>52</v>
       </c>
       <c r="B8" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
         <v>54</v>
       </c>
       <c r="B9" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
         <v>56</v>
       </c>
@@ -1149,51 +1149,51 @@
       <c r="A11" t="s">
         <v>58</v>
       </c>
       <c r="B11" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
         <v>60</v>
       </c>
       <c r="B12" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
         <v>62</v>
       </c>
       <c r="B13" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
-        <v>62</v>
+        <v>44</v>
       </c>
       <c r="B14" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
         <v>65</v>
       </c>
       <c r="B15" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
         <v>6</v>
       </c>
       <c r="B16" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
         <v>68</v>
       </c>