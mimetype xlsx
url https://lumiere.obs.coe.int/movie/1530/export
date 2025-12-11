--- v0 (2025-11-19)
+++ v1 (2025-12-11)
@@ -175,153 +175,153 @@
   <si>
     <t>GB</t>
   </si>
   <si>
     <t>GB_IE</t>
   </si>
   <si>
     <t>IE</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>Park Circus</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>AU,CA,DE,DK,FI,FR,GB,GR,IT,KR,NL,SE,SG,US</t>
+  </si>
+  <si>
+    <t>TR</t>
+  </si>
+  <si>
+    <t>Hiz Tuzagi</t>
+  </si>
+  <si>
+    <t>VN</t>
+  </si>
+  <si>
+    <t>Toc Do</t>
+  </si>
+  <si>
+    <t>UA</t>
+  </si>
+  <si>
+    <t>Швидкiсть</t>
+  </si>
+  <si>
+    <t>AR,MX,VE</t>
+  </si>
+  <si>
+    <t>Máxima velocidad</t>
+  </si>
+  <si>
+    <t>BG</t>
+  </si>
+  <si>
+    <t>Скорост</t>
+  </si>
+  <si>
+    <t>BR</t>
+  </si>
+  <si>
+    <t>Velocidade Máxima</t>
+  </si>
+  <si>
+    <t>CA</t>
+  </si>
+  <si>
+    <t>Clanches!</t>
+  </si>
+  <si>
+    <t>CZ</t>
+  </si>
+  <si>
+    <t>Nebezpečná rychlost</t>
+  </si>
+  <si>
+    <t>EE</t>
+  </si>
+  <si>
+    <t>Kiirus</t>
+  </si>
+  <si>
+    <t>Speed - Máxima potencia</t>
+  </si>
+  <si>
+    <t>Speed: Máxima potencia</t>
+  </si>
+  <si>
+    <t>FI</t>
+  </si>
+  <si>
+    <t>Speed - kuoleman kyydissä</t>
+  </si>
+  <si>
+    <t>HR</t>
+  </si>
+  <si>
+    <t>Brzina</t>
+  </si>
+  <si>
+    <t>HU</t>
+  </si>
+  <si>
+    <t>Féktelenül</t>
+  </si>
+  <si>
+    <t>JP</t>
+  </si>
+  <si>
+    <t>スピード</t>
+  </si>
+  <si>
+    <t>HK</t>
+  </si>
+  <si>
+    <t>生死時速</t>
+  </si>
+  <si>
     <t>LT</t>
   </si>
   <si>
     <t>Greitis</t>
   </si>
   <si>
     <t>LV</t>
   </si>
   <si>
     <t>Ātrums</t>
-  </si>
-[...91 lines deleted...]
-    <t>生死時速</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Speed - niebezpieczna prędkość</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>Speed - Perigo a Alta Velocidade</t>
   </si>
   <si>
     <t>Speed: Cursa infernala</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Брзина</t>
   </si>
   <si>
     <t>SI</t>
   </si>
@@ -1307,67 +1307,67 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B31"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="39.42578125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="30.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>53</v>
       </c>
       <c r="B2" t="s">
-        <v>54</v>
+        <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
+        <v>54</v>
+      </c>
+      <c r="B3" t="s">
         <v>55</v>
-      </c>
-[...1 lines deleted...]
-        <v>56</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
+        <v>56</v>
+      </c>
+      <c r="B4" t="s">
         <v>57</v>
-      </c>
-[...1 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>58</v>
       </c>
       <c r="B5" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>60</v>
       </c>
       <c r="B6" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>62</v>
       </c>
       <c r="B7" t="s">
         <v>63</v>
       </c>
@@ -1384,75 +1384,75 @@
       <c r="A9" t="s">
         <v>66</v>
       </c>
       <c r="B9" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
         <v>68</v>
       </c>
       <c r="B10" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
         <v>70</v>
       </c>
       <c r="B11" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
+        <v>42</v>
+      </c>
+      <c r="B12" t="s">
         <v>72</v>
-      </c>
-[...1 lines deleted...]
-        <v>73</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
-        <v>74</v>
+        <v>42</v>
       </c>
       <c r="B13" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
-        <v>42</v>
+        <v>74</v>
       </c>
       <c r="B14" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
-        <v>42</v>
+        <v>76</v>
       </c>
       <c r="B15" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
         <v>78</v>
       </c>
       <c r="B16" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
         <v>80</v>
       </c>
       <c r="B17" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
         <v>82</v>
       </c>
@@ -1504,59 +1504,59 @@
       <c r="A24" t="s">
         <v>93</v>
       </c>
       <c r="B24" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="25" spans="1:2">
       <c r="A25" t="s">
         <v>95</v>
       </c>
       <c r="B25" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="26" spans="1:2">
       <c r="A26" t="s">
         <v>97</v>
       </c>
       <c r="B26" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="27" spans="1:2">
       <c r="A27" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="B27" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="28" spans="1:2">
       <c r="A28" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="B28" t="s">
         <v>100</v>
       </c>
     </row>
     <row r="29" spans="1:2">
       <c r="A29" t="s">
         <v>101</v>
       </c>
       <c r="B29" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="30" spans="1:2">
       <c r="A30" t="s">
         <v>6</v>
       </c>
       <c r="B30" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="31" spans="1:2">
       <c r="A31" t="s">
         <v>104</v>
       </c>