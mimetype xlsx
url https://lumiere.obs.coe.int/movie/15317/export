--- v0 (2026-01-02)
+++ v1 (2026-02-02)
@@ -127,99 +127,99 @@
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>CH</t>
   </si>
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>Lauren Films</t>
   </si>
   <si>
     <t>Société d'Exploitation des Films Majestic</t>
   </si>
   <si>
     <t>LU</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>BE,CA,FR</t>
+  </si>
+  <si>
+    <t>AR,ES</t>
+  </si>
+  <si>
+    <t>Los actores</t>
+  </si>
+  <si>
+    <t>BR</t>
+  </si>
+  <si>
+    <t>Os Atores</t>
+  </si>
+  <si>
+    <t>CZ</t>
+  </si>
+  <si>
+    <t>Herci</t>
+  </si>
+  <si>
+    <t>GR</t>
+  </si>
+  <si>
+    <t>Ithopoioi en drasei</t>
+  </si>
+  <si>
+    <t>HU</t>
+  </si>
+  <si>
+    <t>Színészek</t>
+  </si>
+  <si>
+    <t>IT</t>
+  </si>
+  <si>
+    <t>Actors</t>
+  </si>
+  <si>
     <t>NO</t>
   </si>
   <si>
     <t>Skuespillerne</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Aktorzy</t>
-  </si>
-[...37 lines deleted...]
-    <t>Actors</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>Skåderspelarna</t>
   </si>
   <si>
     <t>Ηθοποιοί εν Δράσει</t>
   </si>
   <si>
     <t>AU</t>
   </si>
   <si>
     <t>The Actors</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Актеры</t>
   </si>
 </sst>
 </file>
 
@@ -897,67 +897,67 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B14"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="20.140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>37</v>
       </c>
       <c r="B2" t="s">
-        <v>38</v>
+        <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
+        <v>38</v>
+      </c>
+      <c r="B3" t="s">
         <v>39</v>
-      </c>
-[...1 lines deleted...]
-        <v>40</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
+        <v>40</v>
+      </c>
+      <c r="B4" t="s">
         <v>41</v>
-      </c>
-[...1 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>42</v>
       </c>
       <c r="B5" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>44</v>
       </c>
       <c r="B6" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>46</v>
       </c>
       <c r="B7" t="s">
         <v>47</v>
       </c>
@@ -974,51 +974,51 @@
       <c r="A9" t="s">
         <v>50</v>
       </c>
       <c r="B9" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
         <v>52</v>
       </c>
       <c r="B10" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
         <v>54</v>
       </c>
       <c r="B11" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="B12" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
         <v>57</v>
       </c>
       <c r="B13" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
         <v>59</v>
       </c>
       <c r="B14" t="s">
         <v>60</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>