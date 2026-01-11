--- v0 (2025-12-01)
+++ v1 (2026-01-11)
@@ -148,90 +148,90 @@
   <si>
     <t>GB_IE</t>
   </si>
   <si>
     <t>IS</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>BestFilm</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>Podezření</t>
+  </si>
+  <si>
     <t>AU,CA,GB,IT,JP,SG,US</t>
   </si>
   <si>
     <t>HU</t>
   </si>
   <si>
     <t>Meggyanúsítva</t>
   </si>
   <si>
     <t>AR,CL,ES,MX</t>
   </si>
   <si>
     <t>Bajo sospecha</t>
   </si>
   <si>
     <t>AT,DE</t>
   </si>
   <si>
     <t>Mörderisches Spiel</t>
   </si>
   <si>
     <t>BG</t>
   </si>
   <si>
     <t>Под подозрение</t>
   </si>
   <si>
     <t>BR,PT</t>
   </si>
   <si>
     <t>Sob Suspeita</t>
   </si>
   <si>
     <t>CA,FR</t>
   </si>
   <si>
     <t>Suspicion</t>
-  </si>
-[...1 lines deleted...]
-    <t>Podezření</t>
   </si>
   <si>
     <t>Under Suspicion - Mörderisches Spiel</t>
   </si>
   <si>
     <t>DK</t>
   </si>
   <si>
     <t>Mistænkt for mord</t>
   </si>
   <si>
     <t>Sota sospita</t>
   </si>
   <si>
     <t>FI</t>
   </si>
   <si>
     <t>Epäilyksen alaisena</t>
   </si>
   <si>
     <t>GR</t>
   </si>
   <si>
     <t>Vasikos ypoptos gia fono</t>
   </si>
@@ -1011,107 +1011,107 @@
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B23"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="19.85546875" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="33.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
+        <v>29</v>
+      </c>
+      <c r="B2" t="s">
         <v>44</v>
-      </c>
-[...1 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
         <v>45</v>
       </c>
       <c r="B3" t="s">
-        <v>46</v>
+        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
+        <v>46</v>
+      </c>
+      <c r="B4" t="s">
         <v>47</v>
-      </c>
-[...1 lines deleted...]
-        <v>48</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
+        <v>48</v>
+      </c>
+      <c r="B5" t="s">
         <v>49</v>
-      </c>
-[...1 lines deleted...]
-        <v>50</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
+        <v>50</v>
+      </c>
+      <c r="B6" t="s">
         <v>51</v>
-      </c>
-[...1 lines deleted...]
-        <v>52</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
+        <v>52</v>
+      </c>
+      <c r="B7" t="s">
         <v>53</v>
-      </c>
-[...1 lines deleted...]
-        <v>54</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
+        <v>54</v>
+      </c>
+      <c r="B8" t="s">
         <v>55</v>
-      </c>
-[...1 lines deleted...]
-        <v>56</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
-        <v>29</v>
+        <v>56</v>
       </c>
       <c r="B9" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
         <v>31</v>
       </c>
       <c r="B10" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
         <v>59</v>
       </c>
       <c r="B11" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
         <v>33</v>
       </c>